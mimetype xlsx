--- v0 (2025-10-23)
+++ v1 (2026-02-07)
@@ -1,68 +1,72 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Default Extension="xml" ContentType="application/xml"/>
   <Override PartName="/xl/workbook.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/worksheets/sheet2.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/worksheets/sheet3.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/worksheets/sheet4.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/worksheets/sheet5.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/worksheets/sheet6.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/worksheets/sheet7.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/worksheets/sheet8.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/worksheets/sheet9.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/worksheets/sheet10.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/worksheets/sheet11.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/worksheets/sheet12.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
+  <Override PartName="/customXml/itemProps1.xml" ContentType="application/vnd.openxmlformats-officedocument.customXmlProperties+xml"/>
+  <Override PartName="/customXml/itemProps2.xml" ContentType="application/vnd.openxmlformats-officedocument.customXmlProperties+xml"/>
+  <Override PartName="/customXml/itemProps3.xml" ContentType="application/vnd.openxmlformats-officedocument.customXmlProperties+xml"/>
+  <Override PartName="/customXml/itemProps4.xml" ContentType="application/vnd.openxmlformats-officedocument.customXmlProperties+xml"/>
   <Override PartName="/docProps/core.xml" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
   <Override PartName="/docProps/custom.xml" ContentType="application/vnd.openxmlformats-officedocument.custom-properties+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/custom-properties" Target="docProps/custom.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x15="http://schemas.microsoft.com/office/spreadsheetml/2010/11/main" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns:xr6="http://schemas.microsoft.com/office/spreadsheetml/2016/revision6" xmlns:xr10="http://schemas.microsoft.com/office/spreadsheetml/2016/revision10" xmlns:xr2="http://schemas.microsoft.com/office/spreadsheetml/2015/revision2" mc:Ignorable="x15 xr xr6 xr10 xr2">
   <fileVersion appName="xl" lastEdited="7" lowestEdited="4" rupBuild="29029"/>
   <workbookPr defaultThemeVersion="124226"/>
   <mc:AlternateContent xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006">
     <mc:Choice Requires="x15">
-      <x15ac:absPath xmlns:x15ac="http://schemas.microsoft.com/office/spreadsheetml/2010/11/ac" url="M:\QIS\AnalysisTeam Capital\QIS\244\Verena\"/>
+      <x15ac:absPath xmlns:x15ac="http://schemas.microsoft.com/office/spreadsheetml/2010/11/ac" url="https://sp.bisinfo.org/teams/bcbs/dc/TemplatesAndReports/QIS/Reports/244/"/>
     </mc:Choice>
   </mc:AlternateContent>
-  <xr:revisionPtr revIDLastSave="0" documentId="13_ncr:1_{A7FF187E-3DE2-4868-8C65-10A2C320824C}" xr6:coauthVersionLast="47" xr6:coauthVersionMax="47" xr10:uidLastSave="{00000000-0000-0000-0000-000000000000}"/>
+  <xr:revisionPtr revIDLastSave="0" documentId="13_ncr:1_{D9F42A1B-1CC9-401A-8391-C85A9500652F}" xr6:coauthVersionLast="47" xr6:coauthVersionMax="47" xr10:uidLastSave="{00000000-0000-0000-0000-000000000000}"/>
   <bookViews>
-    <workbookView xWindow="-59640" yWindow="795" windowWidth="29040" windowHeight="15720" xr2:uid="{00000000-000D-0000-FFFF-FFFF00000000}"/>
+    <workbookView xWindow="-30840" yWindow="-120" windowWidth="30960" windowHeight="16800" xr2:uid="{00000000-000D-0000-FFFF-FFFF00000000}"/>
   </bookViews>
   <sheets>
     <sheet name="List of contents" sheetId="1" r:id="rId1"/>
     <sheet name="Graph 1" sheetId="3" r:id="rId2"/>
     <sheet name="Graph 2" sheetId="4" r:id="rId3"/>
     <sheet name="Graph 3" sheetId="5" r:id="rId4"/>
     <sheet name="Graph 4" sheetId="6" r:id="rId5"/>
     <sheet name="Graph 5" sheetId="7" r:id="rId6"/>
     <sheet name="Graph 6" sheetId="8" r:id="rId7"/>
     <sheet name="Graph 7" sheetId="9" r:id="rId8"/>
     <sheet name="Graph 8" sheetId="10" r:id="rId9"/>
     <sheet name="Graph 9" sheetId="11" r:id="rId10"/>
     <sheet name="Graph 10" sheetId="12" r:id="rId11"/>
     <sheet name="Graph 11" sheetId="13" r:id="rId12"/>
   </sheets>
   <calcPr calcId="124519"/>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
 <sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="1352" uniqueCount="167">
   <si>
     <t>List of contents</t>
   </si>
   <si>
@@ -954,56 +958,50 @@
       <t>  The NSFR time series depicts data reflecting NSFR standards released in December 2010, January 2014 and October 2014.</t>
     </r>
   </si>
   <si>
     <r>
       <rPr>
         <sz val="10"/>
         <color theme="1"/>
         <rFont val="Segoe UI"/>
         <family val="2"/>
       </rPr>
       <t>NSFR</t>
     </r>
     <r>
       <rPr>
         <vertAlign val="superscript"/>
         <sz val="10"/>
         <color theme="1"/>
         <rFont val="Segoe UI"/>
         <family val="2"/>
       </rPr>
       <t>1</t>
     </r>
   </si>
   <si>
-    <t>Impact of final Basel III standards for Group 1 banks higher compared with the previous exercise</t>
-[...4 lines deleted...]
-  <si>
     <t>Percentage of overall baseline MRC</t>
   </si>
   <si>
     <r>
       <rPr>
         <vertAlign val="superscript"/>
         <sz val="10"/>
         <color theme="1"/>
         <rFont val="Segoe UI"/>
         <family val="2"/>
       </rPr>
       <t>1</t>
     </r>
     <r>
       <rPr>
         <sz val="10"/>
         <color theme="1"/>
         <rFont val="Segoe UI"/>
         <family val="2"/>
       </rPr>
       <t>  Data points from H1 2011 to H2 2012 use the original definition of the leverage ratio. Data points from H1 2013 to H1 2017 use the definition of the leverage ratio set out in the 2014 version of the framework. Note that the data points for H1 2013 use an approximation for the initial definition of the Basel III leverage ratio exposure where gross instead of adjusted gross securities financing transaction values are used. Data points from H2 2017 onwards use the final definition of the leverage ratio to the extent data are available. Temporary exclusions from the leverage ratio exposure measure in the context of the Covid-19 pandemic have not been added back.</t>
     </r>
   </si>
   <si>
     <r>
@@ -1193,50 +1191,56 @@
         <rFont val="Segoe UI"/>
         <family val="2"/>
       </rPr>
       <t xml:space="preserve">  Exchange rates as at the reporting dates.    </t>
     </r>
     <r>
       <rPr>
         <vertAlign val="superscript"/>
         <sz val="10"/>
         <color theme="1"/>
         <rFont val="Segoe UI"/>
         <family val="2"/>
       </rPr>
       <t>3</t>
     </r>
     <r>
       <rPr>
         <sz val="10"/>
         <color theme="1"/>
         <rFont val="Segoe UI"/>
         <family val="2"/>
       </rPr>
       <t>  Exchange rates as at the current reporting date.</t>
     </r>
   </si>
+  <si>
+    <t>Impact of final Basel III standards for Group 1 banks lower compared with the previous exercise</t>
+  </si>
+  <si>
+    <t>Graph 2 Impact of final Basel III standards for Group 1 banks lower compared with the previous exercise</t>
+  </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:x16r2="http://schemas.microsoft.com/office/spreadsheetml/2015/02/main" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" mc:Ignorable="x14ac x16r2 xr">
   <fonts count="7" x14ac:knownFonts="1">
     <font>
       <sz val="11"/>
       <color theme="1"/>
       <name val="Calibri"/>
       <family val="2"/>
       <scheme val="minor"/>
     </font>
     <font>
       <sz val="14"/>
       <color theme="1"/>
       <name val="Segoe UI"/>
       <family val="2"/>
     </font>
     <font>
       <sz val="10"/>
       <color theme="1"/>
       <name val="Segoe UI"/>
       <family val="2"/>
     </font>
@@ -1321,124 +1325,126 @@
       <top style="thin">
         <color auto="1"/>
       </top>
       <bottom style="thin">
         <color auto="1"/>
       </bottom>
       <diagonal/>
     </border>
     <border>
       <left/>
       <right/>
       <top style="thin">
         <color auto="1"/>
       </top>
       <bottom/>
       <diagonal/>
     </border>
   </borders>
   <cellStyleXfs count="2">
     <xf numFmtId="0" fontId="0" fillId="0" borderId="0"/>
     <xf numFmtId="0" fontId="3" fillId="0" borderId="0" applyNumberFormat="0" applyFill="0" applyBorder="0" applyAlignment="0" applyProtection="0">
       <alignment vertical="top"/>
       <protection locked="0"/>
     </xf>
   </cellStyleXfs>
-  <cellXfs count="21">
+  <cellXfs count="23">
     <xf numFmtId="0" fontId="0" fillId="0" borderId="0" xfId="0"/>
     <xf numFmtId="49" fontId="1" fillId="0" borderId="0" xfId="0" applyNumberFormat="1" applyFont="1" applyAlignment="1">
       <alignment wrapText="1"/>
     </xf>
     <xf numFmtId="0" fontId="2" fillId="0" borderId="0" xfId="0" applyFont="1"/>
     <xf numFmtId="49" fontId="3" fillId="0" borderId="0" xfId="1" applyNumberFormat="1" applyAlignment="1" applyProtection="1">
       <alignment wrapText="1"/>
     </xf>
     <xf numFmtId="49" fontId="2" fillId="0" borderId="0" xfId="0" applyNumberFormat="1" applyFont="1" applyAlignment="1">
       <alignment wrapText="1"/>
     </xf>
     <xf numFmtId="0" fontId="2" fillId="2" borderId="2" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment wrapText="1"/>
     </xf>
     <xf numFmtId="49" fontId="2" fillId="0" borderId="3" xfId="0" applyNumberFormat="1" applyFont="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center" wrapText="1"/>
     </xf>
     <xf numFmtId="49" fontId="2" fillId="2" borderId="3" xfId="0" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center" wrapText="1"/>
     </xf>
     <xf numFmtId="2" fontId="2" fillId="0" borderId="0" xfId="0" applyNumberFormat="1" applyFont="1"/>
     <xf numFmtId="2" fontId="2" fillId="2" borderId="2" xfId="0" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1"/>
-    <xf numFmtId="49" fontId="2" fillId="0" borderId="4" xfId="0" applyNumberFormat="1" applyFont="1" applyBorder="1" applyAlignment="1">
+    <xf numFmtId="0" fontId="2" fillId="0" borderId="0" xfId="0" applyFont="1"/>
+    <xf numFmtId="49" fontId="2" fillId="0" borderId="3" xfId="0" applyNumberFormat="1" applyFont="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center" wrapText="1"/>
     </xf>
-    <xf numFmtId="49" fontId="2" fillId="0" borderId="1" xfId="0" applyNumberFormat="1" applyFont="1" applyBorder="1" applyAlignment="1">
-      <alignment horizontal="center" vertical="center" wrapText="1"/>
+    <xf numFmtId="49" fontId="1" fillId="0" borderId="0" xfId="0" applyNumberFormat="1" applyFont="1" applyAlignment="1">
+      <alignment wrapText="1"/>
     </xf>
-    <xf numFmtId="0" fontId="2" fillId="0" borderId="0" xfId="0" applyFont="1"/>
-    <xf numFmtId="49" fontId="2" fillId="0" borderId="3" xfId="0" applyNumberFormat="1" applyFont="1" applyBorder="1" applyAlignment="1">
+    <xf numFmtId="49" fontId="2" fillId="0" borderId="0" xfId="0" applyNumberFormat="1" applyFont="1" applyAlignment="1">
+      <alignment wrapText="1"/>
+    </xf>
+    <xf numFmtId="49" fontId="3" fillId="0" borderId="0" xfId="1" applyNumberFormat="1" applyAlignment="1" applyProtection="1">
+      <alignment wrapText="1"/>
+    </xf>
+    <xf numFmtId="49" fontId="2" fillId="0" borderId="4" xfId="0" applyNumberFormat="1" applyFont="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center" wrapText="1"/>
     </xf>
     <xf numFmtId="49" fontId="2" fillId="2" borderId="1" xfId="0" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center" wrapText="1"/>
     </xf>
     <xf numFmtId="0" fontId="2" fillId="2" borderId="2" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment wrapText="1"/>
     </xf>
     <xf numFmtId="49" fontId="2" fillId="2" borderId="3" xfId="0" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center" wrapText="1"/>
     </xf>
     <xf numFmtId="49" fontId="2" fillId="2" borderId="4" xfId="0" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center" wrapText="1"/>
     </xf>
-    <xf numFmtId="49" fontId="1" fillId="0" borderId="0" xfId="0" applyNumberFormat="1" applyFont="1" applyAlignment="1">
-      <alignment wrapText="1"/>
+    <xf numFmtId="49" fontId="2" fillId="0" borderId="1" xfId="0" applyNumberFormat="1" applyFont="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center" wrapText="1"/>
     </xf>
-    <xf numFmtId="49" fontId="2" fillId="0" borderId="0" xfId="0" applyNumberFormat="1" applyFont="1" applyAlignment="1">
-[...4 lines deleted...]
-    </xf>
+    <xf numFmtId="1" fontId="2" fillId="0" borderId="0" xfId="0" applyNumberFormat="1" applyFont="1"/>
+    <xf numFmtId="1" fontId="2" fillId="2" borderId="2" xfId="0" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1"/>
   </cellXfs>
   <cellStyles count="2">
     <cellStyle name="Hyperlink" xfId="1" builtinId="8"/>
     <cellStyle name="Normal" xfId="0" builtinId="0"/>
   </cellStyles>
   <dxfs count="0"/>
   <tableStyles count="0" defaultTableStyle="TableStyleMedium9" defaultPivotStyle="PivotStyleLight16"/>
   <extLst>
     <ext xmlns:x14="http://schemas.microsoft.com/office/spreadsheetml/2009/9/main" uri="{EB79DEF2-80B8-43e5-95BD-54CBDDF9020C}">
       <x14:slicerStyles defaultSlicerStyle="SlicerStyleLight1"/>
     </ext>
     <ext xmlns:x15="http://schemas.microsoft.com/office/spreadsheetml/2010/11/main" uri="{9260A510-F301-46a8-8635-F512D64BE5F5}">
       <x15:timelineStyles defaultTimelineStyle="TimeSlicerStyleLight1"/>
     </ext>
   </extLst>
 </styleSheet>
 </file>
 
 <file path=xl/_rels/workbook.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet8.xml"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet3.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet7.xml"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet12.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet2.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet1.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet6.xml"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet11.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet5.xml"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/sharedStrings" Target="sharedStrings.xml"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet10.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet4.xml"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet9.xml"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet8.xml"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item3.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet3.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet7.xml"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet12.xml"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item2.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet2.xml"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item1.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet1.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet6.xml"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet11.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet5.xml"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/sharedStrings" Target="sharedStrings.xml"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet10.xml"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item4.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet4.xml"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet9.xml"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/></Relationships>
 </file>
 
 <file path=xl/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Office Theme 2007 - 2010">
   <a:themeElements>
     <a:clrScheme name="Office 2007 - 2010">
       <a:dk1>
         <a:sysClr val="windowText" lastClr="000000"/>
       </a:dk1>
       <a:lt1>
         <a:sysClr val="window" lastClr="FFFFFF"/>
       </a:lt1>
       <a:dk2>
         <a:srgbClr val="1F497D"/>
       </a:dk2>
       <a:lt2>
         <a:srgbClr val="EEECE1"/>
       </a:lt2>
       <a:accent1>
         <a:srgbClr val="4F81BD"/>
       </a:accent1>
       <a:accent2>
         <a:srgbClr val="C0504D"/>
       </a:accent2>
       <a:accent3>
@@ -1686,93 +1692,95 @@
               </a:schemeClr>
             </a:gs>
             <a:gs pos="100000">
               <a:schemeClr val="phClr">
                 <a:shade val="30000"/>
                 <a:satMod val="200000"/>
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
           <a:path path="circle">
             <a:fillToRect l="50000" t="50000" r="50000" b="50000"/>
           </a:path>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns:xr2="http://schemas.microsoft.com/office/spreadsheetml/2015/revision2" xmlns:xr3="http://schemas.microsoft.com/office/spreadsheetml/2016/revision3" mc:Ignorable="x14ac xr xr2 xr3" xr:uid="{00000000-0001-0000-0000-000000000000}">
   <dimension ref="A1:D15"/>
   <sheetViews>
-    <sheetView tabSelected="1" workbookViewId="0"/>
+    <sheetView tabSelected="1" workbookViewId="0">
+      <selection activeCell="C7" sqref="C7"/>
+    </sheetView>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="14.5" x14ac:dyDescent="0.35"/>
   <cols>
     <col min="1" max="2" width="15.7265625" customWidth="1"/>
     <col min="3" max="3" width="134.26953125" bestFit="1" customWidth="1"/>
     <col min="4" max="4" width="83.7265625" bestFit="1" customWidth="1"/>
   </cols>
   <sheetData>
     <row r="1" spans="1:4" ht="42" x14ac:dyDescent="0.55000000000000004">
       <c r="A1" s="1" t="s">
         <v>0</v>
       </c>
     </row>
     <row r="4" spans="1:4" ht="16" x14ac:dyDescent="0.45">
       <c r="A4" s="2"/>
       <c r="B4" s="2" t="s">
         <v>1</v>
       </c>
       <c r="C4" s="2" t="s">
         <v>2</v>
       </c>
       <c r="D4" s="2" t="s">
         <v>3</v>
       </c>
     </row>
     <row r="5" spans="1:4" ht="16" x14ac:dyDescent="0.45">
       <c r="B5" s="3" t="s">
         <v>4</v>
       </c>
       <c r="C5" s="4" t="s">
         <v>5</v>
       </c>
       <c r="D5" s="4" t="s">
         <v>6</v>
       </c>
     </row>
     <row r="6" spans="1:4" ht="16" x14ac:dyDescent="0.45">
       <c r="B6" s="3" t="s">
         <v>55</v>
       </c>
       <c r="C6" s="4" t="s">
-        <v>157</v>
+        <v>165</v>
       </c>
       <c r="D6" s="4" t="s">
         <v>56</v>
       </c>
     </row>
     <row r="7" spans="1:4" ht="16.5" x14ac:dyDescent="0.45">
       <c r="B7" s="3" t="s">
         <v>70</v>
       </c>
       <c r="C7" s="4" t="s">
         <v>71</v>
       </c>
       <c r="D7" s="4" t="s">
         <v>72</v>
       </c>
     </row>
     <row r="8" spans="1:4" ht="16.5" x14ac:dyDescent="0.45">
       <c r="B8" s="3" t="s">
         <v>77</v>
       </c>
       <c r="C8" s="4" t="s">
         <v>78</v>
       </c>
       <c r="D8" s="4" t="s">
         <v>79</v>
@@ -1805,51 +1813,51 @@
         <v>103</v>
       </c>
       <c r="C11" s="4" t="s">
         <v>104</v>
       </c>
       <c r="D11" s="4" t="s">
         <v>105</v>
       </c>
     </row>
     <row r="12" spans="1:4" ht="16.5" x14ac:dyDescent="0.45">
       <c r="B12" s="3" t="s">
         <v>119</v>
       </c>
       <c r="C12" s="4" t="s">
         <v>120</v>
       </c>
       <c r="D12" s="4" t="s">
         <v>121</v>
       </c>
     </row>
     <row r="13" spans="1:4" ht="16.5" x14ac:dyDescent="0.45">
       <c r="B13" s="3" t="s">
         <v>131</v>
       </c>
       <c r="C13" s="4" t="s">
-        <v>165</v>
+        <v>163</v>
       </c>
       <c r="D13" s="4" t="s">
         <v>132</v>
       </c>
     </row>
     <row r="14" spans="1:4" ht="16.5" x14ac:dyDescent="0.45">
       <c r="B14" s="3" t="s">
         <v>146</v>
       </c>
       <c r="C14" s="4" t="s">
         <v>147</v>
       </c>
       <c r="D14" s="4" t="s">
         <v>148</v>
       </c>
     </row>
     <row r="15" spans="1:4" ht="16" x14ac:dyDescent="0.45">
       <c r="B15" s="3" t="s">
         <v>152</v>
       </c>
       <c r="C15" s="4" t="s">
         <v>153</v>
       </c>
       <c r="D15" s="4" t="s">
         <v>6</v>
@@ -1866,316 +1874,316 @@
     <hyperlink ref="B11" location="'Graph 7'!A1" display="Graph 7" xr:uid="{00000000-0004-0000-0000-000006000000}"/>
     <hyperlink ref="B12" location="'Graph 8'!A1" display="Graph 8" xr:uid="{00000000-0004-0000-0000-000007000000}"/>
     <hyperlink ref="B13" location="'Graph 9'!A1" display="Graph 9" xr:uid="{00000000-0004-0000-0000-000008000000}"/>
     <hyperlink ref="B14" location="'Graph 10'!A1" display="Graph 10" xr:uid="{00000000-0004-0000-0000-000009000000}"/>
     <hyperlink ref="B15" location="'Graph 11'!A1" display="Graph 11" xr:uid="{00000000-0004-0000-0000-00000A000000}"/>
   </hyperlinks>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
 </worksheet>
 </file>
 
 <file path=xl/worksheets/sheet10.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns:xr2="http://schemas.microsoft.com/office/spreadsheetml/2015/revision2" xmlns:xr3="http://schemas.microsoft.com/office/spreadsheetml/2016/revision3" mc:Ignorable="x14ac xr xr2 xr3" xr:uid="{00000000-0001-0000-0A00-000000000000}">
   <dimension ref="A1:Z36"/>
   <sheetViews>
     <sheetView workbookViewId="0">
       <pane ySplit="11" topLeftCell="A12" activePane="bottomLeft" state="frozen"/>
       <selection pane="bottomLeft" sqref="A1:R1"/>
     </sheetView>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="14.5" x14ac:dyDescent="0.35"/>
   <cols>
     <col min="1" max="100" width="10.7265625" customWidth="1"/>
   </cols>
   <sheetData>
     <row r="1" spans="1:26" ht="24" customHeight="1" x14ac:dyDescent="0.55000000000000004">
-      <c r="A1" s="18" t="s">
-[...18 lines deleted...]
-      <c r="R1" s="18"/>
+      <c r="A1" s="12" t="s">
+        <v>162</v>
+      </c>
+      <c r="B1" s="12"/>
+      <c r="C1" s="12"/>
+      <c r="D1" s="12"/>
+      <c r="E1" s="12"/>
+      <c r="F1" s="12"/>
+      <c r="G1" s="12"/>
+      <c r="H1" s="12"/>
+      <c r="I1" s="12"/>
+      <c r="J1" s="12"/>
+      <c r="K1" s="12"/>
+      <c r="L1" s="12"/>
+      <c r="M1" s="12"/>
+      <c r="N1" s="12"/>
+      <c r="O1" s="12"/>
+      <c r="P1" s="12"/>
+      <c r="Q1" s="12"/>
+      <c r="R1" s="12"/>
     </row>
     <row r="2" spans="1:26" ht="18" customHeight="1" x14ac:dyDescent="0.45">
-      <c r="A2" s="19" t="s">
+      <c r="A2" s="13" t="s">
         <v>132</v>
       </c>
-      <c r="B2" s="19"/>
-[...15 lines deleted...]
-      <c r="R2" s="19"/>
+      <c r="B2" s="13"/>
+      <c r="C2" s="13"/>
+      <c r="D2" s="13"/>
+      <c r="E2" s="13"/>
+      <c r="F2" s="13"/>
+      <c r="G2" s="13"/>
+      <c r="H2" s="13"/>
+      <c r="I2" s="13"/>
+      <c r="J2" s="13"/>
+      <c r="K2" s="13"/>
+      <c r="L2" s="13"/>
+      <c r="M2" s="13"/>
+      <c r="N2" s="13"/>
+      <c r="O2" s="13"/>
+      <c r="P2" s="13"/>
+      <c r="Q2" s="13"/>
+      <c r="R2" s="13"/>
     </row>
     <row r="3" spans="1:26" ht="63" customHeight="1" x14ac:dyDescent="0.45">
-      <c r="A3" s="19" t="s">
-[...18 lines deleted...]
-      <c r="R3" s="19"/>
+      <c r="A3" s="13" t="s">
+        <v>160</v>
+      </c>
+      <c r="B3" s="13"/>
+      <c r="C3" s="13"/>
+      <c r="D3" s="13"/>
+      <c r="E3" s="13"/>
+      <c r="F3" s="13"/>
+      <c r="G3" s="13"/>
+      <c r="H3" s="13"/>
+      <c r="I3" s="13"/>
+      <c r="J3" s="13"/>
+      <c r="K3" s="13"/>
+      <c r="L3" s="13"/>
+      <c r="M3" s="13"/>
+      <c r="N3" s="13"/>
+      <c r="O3" s="13"/>
+      <c r="P3" s="13"/>
+      <c r="Q3" s="13"/>
+      <c r="R3" s="13"/>
     </row>
     <row r="4" spans="1:26" ht="18" customHeight="1" x14ac:dyDescent="0.45">
-      <c r="A4" s="19" t="s">
+      <c r="A4" s="13" t="s">
         <v>9</v>
       </c>
-      <c r="B4" s="19"/>
-[...15 lines deleted...]
-      <c r="R4" s="19"/>
+      <c r="B4" s="13"/>
+      <c r="C4" s="13"/>
+      <c r="D4" s="13"/>
+      <c r="E4" s="13"/>
+      <c r="F4" s="13"/>
+      <c r="G4" s="13"/>
+      <c r="H4" s="13"/>
+      <c r="I4" s="13"/>
+      <c r="J4" s="13"/>
+      <c r="K4" s="13"/>
+      <c r="L4" s="13"/>
+      <c r="M4" s="13"/>
+      <c r="N4" s="13"/>
+      <c r="O4" s="13"/>
+      <c r="P4" s="13"/>
+      <c r="Q4" s="13"/>
+      <c r="R4" s="13"/>
     </row>
     <row r="5" spans="1:26" ht="16" x14ac:dyDescent="0.45">
-      <c r="A5" s="20" t="s">
+      <c r="A5" s="14" t="s">
         <v>10</v>
       </c>
-      <c r="B5" s="20"/>
-      <c r="C5" s="20"/>
+      <c r="B5" s="14"/>
+      <c r="C5" s="14"/>
     </row>
     <row r="6" spans="1:26" ht="16" x14ac:dyDescent="0.45">
       <c r="B6" s="2" t="s">
         <v>11</v>
       </c>
-      <c r="C6" s="11" t="s">
+      <c r="C6" s="20" t="s">
         <v>133</v>
       </c>
-      <c r="D6" s="11"/>
-[...5 lines deleted...]
-      <c r="J6" s="11"/>
+      <c r="D6" s="20"/>
+      <c r="E6" s="20"/>
+      <c r="F6" s="20"/>
+      <c r="G6" s="20"/>
+      <c r="H6" s="20"/>
+      <c r="I6" s="20"/>
+      <c r="J6" s="20"/>
     </row>
     <row r="7" spans="1:26" ht="18" customHeight="1" x14ac:dyDescent="0.45">
-      <c r="B7" s="12" t="s">
+      <c r="B7" s="10" t="s">
         <v>11</v>
       </c>
-      <c r="C7" s="13" t="s">
+      <c r="C7" s="11" t="s">
         <v>134</v>
       </c>
-      <c r="D7" s="13"/>
-      <c r="E7" s="13" t="s">
+      <c r="D7" s="11"/>
+      <c r="E7" s="11" t="s">
         <v>135</v>
       </c>
-      <c r="F7" s="13"/>
-      <c r="G7" s="13" t="s">
+      <c r="F7" s="11"/>
+      <c r="G7" s="11" t="s">
         <v>134</v>
       </c>
-      <c r="H7" s="13"/>
-      <c r="I7" s="13" t="s">
+      <c r="H7" s="11"/>
+      <c r="I7" s="11" t="s">
         <v>135</v>
       </c>
-      <c r="J7" s="13"/>
+      <c r="J7" s="11"/>
       <c r="L7" s="5" t="s">
         <v>11</v>
       </c>
-      <c r="M7" s="14" t="s">
+      <c r="M7" s="16" t="s">
         <v>138</v>
       </c>
-      <c r="N7" s="14"/>
-[...3 lines deleted...]
-      <c r="R7" s="14"/>
+      <c r="N7" s="16"/>
+      <c r="O7" s="16"/>
+      <c r="P7" s="16"/>
+      <c r="Q7" s="16"/>
+      <c r="R7" s="16"/>
       <c r="T7" s="2" t="s">
         <v>11</v>
       </c>
-      <c r="U7" s="11" t="s">
+      <c r="U7" s="20" t="s">
         <v>142</v>
       </c>
-      <c r="V7" s="11"/>
-[...3 lines deleted...]
-      <c r="Z7" s="11"/>
+      <c r="V7" s="20"/>
+      <c r="W7" s="20"/>
+      <c r="X7" s="20"/>
+      <c r="Y7" s="20"/>
+      <c r="Z7" s="20"/>
     </row>
     <row r="8" spans="1:26" ht="18" customHeight="1" x14ac:dyDescent="0.35">
-      <c r="B8" s="12"/>
-[...8 lines deleted...]
-      <c r="L8" s="15" t="s">
+      <c r="B8" s="10"/>
+      <c r="C8" s="11"/>
+      <c r="D8" s="11"/>
+      <c r="E8" s="11"/>
+      <c r="F8" s="11"/>
+      <c r="G8" s="11"/>
+      <c r="H8" s="11"/>
+      <c r="I8" s="11"/>
+      <c r="J8" s="11"/>
+      <c r="L8" s="17" t="s">
         <v>11</v>
       </c>
-      <c r="M8" s="16" t="s">
+      <c r="M8" s="18" t="s">
         <v>139</v>
       </c>
-      <c r="N8" s="16"/>
-      <c r="O8" s="16" t="s">
+      <c r="N8" s="18"/>
+      <c r="O8" s="18" t="s">
         <v>140</v>
       </c>
-      <c r="P8" s="16"/>
-      <c r="Q8" s="16" t="s">
+      <c r="P8" s="18"/>
+      <c r="Q8" s="18" t="s">
         <v>141</v>
       </c>
-      <c r="R8" s="16"/>
-      <c r="T8" s="12" t="s">
+      <c r="R8" s="18"/>
+      <c r="T8" s="10" t="s">
         <v>11</v>
       </c>
-      <c r="U8" s="13" t="s">
+      <c r="U8" s="11" t="s">
         <v>143</v>
       </c>
-      <c r="V8" s="13"/>
-      <c r="W8" s="13" t="s">
+      <c r="V8" s="11"/>
+      <c r="W8" s="11" t="s">
         <v>144</v>
       </c>
-      <c r="X8" s="13"/>
-      <c r="Y8" s="13" t="s">
+      <c r="X8" s="11"/>
+      <c r="Y8" s="11" t="s">
         <v>145</v>
       </c>
-      <c r="Z8" s="13"/>
+      <c r="Z8" s="11"/>
     </row>
     <row r="9" spans="1:26" ht="18" customHeight="1" x14ac:dyDescent="0.45">
       <c r="B9" s="2" t="s">
         <v>11</v>
       </c>
-      <c r="C9" s="10" t="s">
+      <c r="C9" s="15" t="s">
         <v>16</v>
       </c>
-      <c r="D9" s="10"/>
-[...3 lines deleted...]
-      <c r="H9" s="10" t="s">
+      <c r="D9" s="15"/>
+      <c r="E9" s="15"/>
+      <c r="F9" s="15"/>
+      <c r="G9" s="15"/>
+      <c r="H9" s="15" t="s">
         <v>85</v>
       </c>
-      <c r="I9" s="10"/>
-[...14 lines deleted...]
-      <c r="Z9" s="13"/>
+      <c r="I9" s="15"/>
+      <c r="J9" s="15"/>
+      <c r="L9" s="17"/>
+      <c r="M9" s="18"/>
+      <c r="N9" s="18"/>
+      <c r="O9" s="18"/>
+      <c r="P9" s="18"/>
+      <c r="Q9" s="18"/>
+      <c r="R9" s="18"/>
+      <c r="T9" s="10"/>
+      <c r="U9" s="11"/>
+      <c r="V9" s="11"/>
+      <c r="W9" s="11"/>
+      <c r="X9" s="11"/>
+      <c r="Y9" s="11"/>
+      <c r="Z9" s="11"/>
     </row>
     <row r="10" spans="1:26" ht="20.149999999999999" customHeight="1" x14ac:dyDescent="0.45">
       <c r="B10" s="2" t="s">
         <v>11</v>
       </c>
-      <c r="C10" s="13" t="s">
+      <c r="C10" s="11" t="s">
         <v>136</v>
       </c>
-      <c r="D10" s="13"/>
-[...2 lines deleted...]
-      <c r="G10" s="13" t="s">
+      <c r="D10" s="11"/>
+      <c r="E10" s="11"/>
+      <c r="F10" s="11"/>
+      <c r="G10" s="11" t="s">
         <v>137</v>
       </c>
-      <c r="H10" s="13"/>
-[...1 lines deleted...]
-      <c r="J10" s="13"/>
+      <c r="H10" s="11"/>
+      <c r="I10" s="11"/>
+      <c r="J10" s="11"/>
       <c r="L10" s="5" t="s">
         <v>11</v>
       </c>
-      <c r="M10" s="17" t="s">
+      <c r="M10" s="19" t="s">
         <v>16</v>
       </c>
-      <c r="N10" s="17"/>
-[...1 lines deleted...]
-      <c r="P10" s="17" t="s">
+      <c r="N10" s="19"/>
+      <c r="O10" s="19"/>
+      <c r="P10" s="19" t="s">
         <v>16</v>
       </c>
-      <c r="Q10" s="17"/>
-      <c r="R10" s="17"/>
+      <c r="Q10" s="19"/>
+      <c r="R10" s="19"/>
       <c r="T10" s="2" t="s">
         <v>11</v>
       </c>
-      <c r="U10" s="10" t="s">
+      <c r="U10" s="15" t="s">
         <v>16</v>
       </c>
-      <c r="V10" s="10"/>
-[...1 lines deleted...]
-      <c r="X10" s="10" t="s">
+      <c r="V10" s="15"/>
+      <c r="W10" s="15"/>
+      <c r="X10" s="15" t="s">
         <v>16</v>
       </c>
-      <c r="Y10" s="10"/>
-      <c r="Z10" s="10"/>
+      <c r="Y10" s="15"/>
+      <c r="Z10" s="15"/>
     </row>
     <row r="11" spans="1:26" ht="32" x14ac:dyDescent="0.45">
       <c r="B11" s="2" t="s">
         <v>11</v>
       </c>
       <c r="C11" s="6" t="s">
         <v>17</v>
       </c>
       <c r="D11" s="6" t="s">
         <v>18</v>
       </c>
       <c r="E11" s="6" t="s">
         <v>17</v>
       </c>
       <c r="F11" s="6" t="s">
         <v>18</v>
       </c>
       <c r="G11" s="6" t="s">
         <v>17</v>
       </c>
       <c r="H11" s="6" t="s">
         <v>18</v>
       </c>
       <c r="I11" s="6" t="s">
         <v>17</v>
@@ -3981,368 +3989,368 @@
       </c>
       <c r="T36" s="2" t="s">
         <v>46</v>
       </c>
       <c r="U36" s="2">
         <v>52</v>
       </c>
       <c r="V36" s="8">
         <v>123.0213</v>
       </c>
       <c r="W36" s="2">
         <v>52</v>
       </c>
       <c r="X36" s="8">
         <v>1.9885299999999999</v>
       </c>
       <c r="Y36" s="2">
         <v>52</v>
       </c>
       <c r="Z36" s="8">
         <v>1.1226</v>
       </c>
     </row>
   </sheetData>
   <mergeCells count="29">
-    <mergeCell ref="A1:R1"/>
-[...9 lines deleted...]
-    <mergeCell ref="I7:J8"/>
+    <mergeCell ref="U10:W10"/>
+    <mergeCell ref="X10:Z10"/>
+    <mergeCell ref="U7:Z7"/>
+    <mergeCell ref="T8:T9"/>
+    <mergeCell ref="U8:V9"/>
+    <mergeCell ref="W8:X9"/>
+    <mergeCell ref="Y8:Z9"/>
     <mergeCell ref="C9:G9"/>
     <mergeCell ref="H9:J9"/>
     <mergeCell ref="C10:F10"/>
     <mergeCell ref="G10:J10"/>
     <mergeCell ref="M7:R7"/>
     <mergeCell ref="L8:L9"/>
     <mergeCell ref="M8:N9"/>
     <mergeCell ref="O8:P9"/>
     <mergeCell ref="Q8:R9"/>
     <mergeCell ref="M10:O10"/>
     <mergeCell ref="P10:R10"/>
-    <mergeCell ref="U10:W10"/>
-[...5 lines deleted...]
-    <mergeCell ref="Y8:Z9"/>
+    <mergeCell ref="C6:J6"/>
+    <mergeCell ref="B7:B8"/>
+    <mergeCell ref="C7:D8"/>
+    <mergeCell ref="E7:F8"/>
+    <mergeCell ref="G7:H8"/>
+    <mergeCell ref="I7:J8"/>
+    <mergeCell ref="A1:R1"/>
+    <mergeCell ref="A2:R2"/>
+    <mergeCell ref="A3:R3"/>
+    <mergeCell ref="A4:R4"/>
+    <mergeCell ref="A5:C5"/>
   </mergeCells>
   <hyperlinks>
     <hyperlink ref="A5" location="'List of contents'!A1" display="Back to 'List of contents'" xr:uid="{00000000-0004-0000-0A00-000000000000}"/>
   </hyperlinks>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
 </worksheet>
 </file>
 
 <file path=xl/worksheets/sheet11.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns:xr2="http://schemas.microsoft.com/office/spreadsheetml/2015/revision2" xmlns:xr3="http://schemas.microsoft.com/office/spreadsheetml/2016/revision3" mc:Ignorable="x14ac xr xr2 xr3" xr:uid="{00000000-0001-0000-0B00-000000000000}">
   <dimension ref="A1:Z36"/>
   <sheetViews>
     <sheetView workbookViewId="0">
       <pane ySplit="11" topLeftCell="A12" activePane="bottomLeft" state="frozen"/>
       <selection pane="bottomLeft" activeCell="A3" sqref="A3:R3"/>
     </sheetView>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="14.5" x14ac:dyDescent="0.35"/>
   <cols>
     <col min="1" max="100" width="10.7265625" customWidth="1"/>
   </cols>
   <sheetData>
     <row r="1" spans="1:26" ht="24" customHeight="1" x14ac:dyDescent="0.55000000000000004">
-      <c r="A1" s="18" t="s">
+      <c r="A1" s="12" t="s">
         <v>149</v>
       </c>
-      <c r="B1" s="18"/>
-[...15 lines deleted...]
-      <c r="R1" s="18"/>
+      <c r="B1" s="12"/>
+      <c r="C1" s="12"/>
+      <c r="D1" s="12"/>
+      <c r="E1" s="12"/>
+      <c r="F1" s="12"/>
+      <c r="G1" s="12"/>
+      <c r="H1" s="12"/>
+      <c r="I1" s="12"/>
+      <c r="J1" s="12"/>
+      <c r="K1" s="12"/>
+      <c r="L1" s="12"/>
+      <c r="M1" s="12"/>
+      <c r="N1" s="12"/>
+      <c r="O1" s="12"/>
+      <c r="P1" s="12"/>
+      <c r="Q1" s="12"/>
+      <c r="R1" s="12"/>
     </row>
     <row r="2" spans="1:26" ht="18" customHeight="1" x14ac:dyDescent="0.45">
-      <c r="A2" s="19" t="s">
+      <c r="A2" s="13" t="s">
         <v>148</v>
       </c>
-      <c r="B2" s="19"/>
-[...15 lines deleted...]
-      <c r="R2" s="19"/>
+      <c r="B2" s="13"/>
+      <c r="C2" s="13"/>
+      <c r="D2" s="13"/>
+      <c r="E2" s="13"/>
+      <c r="F2" s="13"/>
+      <c r="G2" s="13"/>
+      <c r="H2" s="13"/>
+      <c r="I2" s="13"/>
+      <c r="J2" s="13"/>
+      <c r="K2" s="13"/>
+      <c r="L2" s="13"/>
+      <c r="M2" s="13"/>
+      <c r="N2" s="13"/>
+      <c r="O2" s="13"/>
+      <c r="P2" s="13"/>
+      <c r="Q2" s="13"/>
+      <c r="R2" s="13"/>
     </row>
     <row r="3" spans="1:26" ht="33" customHeight="1" x14ac:dyDescent="0.45">
-      <c r="A3" s="19" t="s">
-[...18 lines deleted...]
-      <c r="R3" s="19"/>
+      <c r="A3" s="13" t="s">
+        <v>164</v>
+      </c>
+      <c r="B3" s="13"/>
+      <c r="C3" s="13"/>
+      <c r="D3" s="13"/>
+      <c r="E3" s="13"/>
+      <c r="F3" s="13"/>
+      <c r="G3" s="13"/>
+      <c r="H3" s="13"/>
+      <c r="I3" s="13"/>
+      <c r="J3" s="13"/>
+      <c r="K3" s="13"/>
+      <c r="L3" s="13"/>
+      <c r="M3" s="13"/>
+      <c r="N3" s="13"/>
+      <c r="O3" s="13"/>
+      <c r="P3" s="13"/>
+      <c r="Q3" s="13"/>
+      <c r="R3" s="13"/>
     </row>
     <row r="4" spans="1:26" ht="18" customHeight="1" x14ac:dyDescent="0.45">
-      <c r="A4" s="19" t="s">
+      <c r="A4" s="13" t="s">
         <v>9</v>
       </c>
-      <c r="B4" s="19"/>
-[...15 lines deleted...]
-      <c r="R4" s="19"/>
+      <c r="B4" s="13"/>
+      <c r="C4" s="13"/>
+      <c r="D4" s="13"/>
+      <c r="E4" s="13"/>
+      <c r="F4" s="13"/>
+      <c r="G4" s="13"/>
+      <c r="H4" s="13"/>
+      <c r="I4" s="13"/>
+      <c r="J4" s="13"/>
+      <c r="K4" s="13"/>
+      <c r="L4" s="13"/>
+      <c r="M4" s="13"/>
+      <c r="N4" s="13"/>
+      <c r="O4" s="13"/>
+      <c r="P4" s="13"/>
+      <c r="Q4" s="13"/>
+      <c r="R4" s="13"/>
     </row>
     <row r="5" spans="1:26" ht="16" x14ac:dyDescent="0.45">
-      <c r="A5" s="20" t="s">
+      <c r="A5" s="14" t="s">
         <v>10</v>
       </c>
-      <c r="B5" s="20"/>
-      <c r="C5" s="20"/>
+      <c r="B5" s="14"/>
+      <c r="C5" s="14"/>
     </row>
     <row r="6" spans="1:26" ht="16" x14ac:dyDescent="0.45">
       <c r="B6" s="2" t="s">
         <v>11</v>
       </c>
-      <c r="C6" s="11" t="s">
+      <c r="C6" s="20" t="s">
         <v>133</v>
       </c>
-      <c r="D6" s="11"/>
-[...5 lines deleted...]
-      <c r="J6" s="11"/>
+      <c r="D6" s="20"/>
+      <c r="E6" s="20"/>
+      <c r="F6" s="20"/>
+      <c r="G6" s="20"/>
+      <c r="H6" s="20"/>
+      <c r="I6" s="20"/>
+      <c r="J6" s="20"/>
     </row>
     <row r="7" spans="1:26" ht="18" customHeight="1" x14ac:dyDescent="0.45">
-      <c r="B7" s="12" t="s">
+      <c r="B7" s="10" t="s">
         <v>11</v>
       </c>
-      <c r="C7" s="13" t="s">
+      <c r="C7" s="11" t="s">
         <v>134</v>
       </c>
-      <c r="D7" s="13"/>
-      <c r="E7" s="13" t="s">
+      <c r="D7" s="11"/>
+      <c r="E7" s="11" t="s">
         <v>135</v>
       </c>
-      <c r="F7" s="13"/>
-      <c r="G7" s="13" t="s">
+      <c r="F7" s="11"/>
+      <c r="G7" s="11" t="s">
         <v>134</v>
       </c>
-      <c r="H7" s="13"/>
-      <c r="I7" s="13" t="s">
+      <c r="H7" s="11"/>
+      <c r="I7" s="11" t="s">
         <v>135</v>
       </c>
-      <c r="J7" s="13"/>
+      <c r="J7" s="11"/>
       <c r="L7" s="5" t="s">
         <v>11</v>
       </c>
-      <c r="M7" s="14" t="s">
+      <c r="M7" s="16" t="s">
         <v>138</v>
       </c>
-      <c r="N7" s="14"/>
-[...3 lines deleted...]
-      <c r="R7" s="14"/>
+      <c r="N7" s="16"/>
+      <c r="O7" s="16"/>
+      <c r="P7" s="16"/>
+      <c r="Q7" s="16"/>
+      <c r="R7" s="16"/>
       <c r="T7" s="2" t="s">
         <v>11</v>
       </c>
-      <c r="U7" s="11" t="s">
+      <c r="U7" s="20" t="s">
         <v>142</v>
       </c>
-      <c r="V7" s="11"/>
-[...3 lines deleted...]
-      <c r="Z7" s="11"/>
+      <c r="V7" s="20"/>
+      <c r="W7" s="20"/>
+      <c r="X7" s="20"/>
+      <c r="Y7" s="20"/>
+      <c r="Z7" s="20"/>
     </row>
     <row r="8" spans="1:26" ht="18" customHeight="1" x14ac:dyDescent="0.35">
-      <c r="B8" s="12"/>
-[...8 lines deleted...]
-      <c r="L8" s="15" t="s">
+      <c r="B8" s="10"/>
+      <c r="C8" s="11"/>
+      <c r="D8" s="11"/>
+      <c r="E8" s="11"/>
+      <c r="F8" s="11"/>
+      <c r="G8" s="11"/>
+      <c r="H8" s="11"/>
+      <c r="I8" s="11"/>
+      <c r="J8" s="11"/>
+      <c r="L8" s="17" t="s">
         <v>11</v>
       </c>
-      <c r="M8" s="16" t="s">
+      <c r="M8" s="18" t="s">
         <v>151</v>
       </c>
-      <c r="N8" s="16"/>
-      <c r="O8" s="16" t="s">
+      <c r="N8" s="18"/>
+      <c r="O8" s="18" t="s">
         <v>140</v>
       </c>
-      <c r="P8" s="16"/>
-      <c r="Q8" s="16" t="s">
+      <c r="P8" s="18"/>
+      <c r="Q8" s="18" t="s">
         <v>141</v>
       </c>
-      <c r="R8" s="16"/>
-      <c r="T8" s="12" t="s">
+      <c r="R8" s="18"/>
+      <c r="T8" s="10" t="s">
         <v>11</v>
       </c>
-      <c r="U8" s="13" t="s">
+      <c r="U8" s="11" t="s">
         <v>143</v>
       </c>
-      <c r="V8" s="13"/>
-      <c r="W8" s="13" t="s">
+      <c r="V8" s="11"/>
+      <c r="W8" s="11" t="s">
         <v>144</v>
       </c>
-      <c r="X8" s="13"/>
-      <c r="Y8" s="13" t="s">
+      <c r="X8" s="11"/>
+      <c r="Y8" s="11" t="s">
         <v>145</v>
       </c>
-      <c r="Z8" s="13"/>
+      <c r="Z8" s="11"/>
     </row>
     <row r="9" spans="1:26" ht="18" customHeight="1" x14ac:dyDescent="0.45">
       <c r="B9" s="2" t="s">
         <v>11</v>
       </c>
-      <c r="C9" s="10" t="s">
+      <c r="C9" s="15" t="s">
         <v>16</v>
       </c>
-      <c r="D9" s="10"/>
-[...3 lines deleted...]
-      <c r="H9" s="10" t="s">
+      <c r="D9" s="15"/>
+      <c r="E9" s="15"/>
+      <c r="F9" s="15"/>
+      <c r="G9" s="15"/>
+      <c r="H9" s="15" t="s">
         <v>85</v>
       </c>
-      <c r="I9" s="10"/>
-[...14 lines deleted...]
-      <c r="Z9" s="13"/>
+      <c r="I9" s="15"/>
+      <c r="J9" s="15"/>
+      <c r="L9" s="17"/>
+      <c r="M9" s="18"/>
+      <c r="N9" s="18"/>
+      <c r="O9" s="18"/>
+      <c r="P9" s="18"/>
+      <c r="Q9" s="18"/>
+      <c r="R9" s="18"/>
+      <c r="T9" s="10"/>
+      <c r="U9" s="11"/>
+      <c r="V9" s="11"/>
+      <c r="W9" s="11"/>
+      <c r="X9" s="11"/>
+      <c r="Y9" s="11"/>
+      <c r="Z9" s="11"/>
     </row>
     <row r="10" spans="1:26" ht="20.149999999999999" customHeight="1" x14ac:dyDescent="0.45">
       <c r="B10" s="2" t="s">
         <v>11</v>
       </c>
-      <c r="C10" s="13" t="s">
+      <c r="C10" s="11" t="s">
         <v>150</v>
       </c>
-      <c r="D10" s="13"/>
-[...2 lines deleted...]
-      <c r="G10" s="13" t="s">
+      <c r="D10" s="11"/>
+      <c r="E10" s="11"/>
+      <c r="F10" s="11"/>
+      <c r="G10" s="11" t="s">
         <v>137</v>
       </c>
-      <c r="H10" s="13"/>
-[...1 lines deleted...]
-      <c r="J10" s="13"/>
+      <c r="H10" s="11"/>
+      <c r="I10" s="11"/>
+      <c r="J10" s="11"/>
       <c r="L10" s="5" t="s">
         <v>11</v>
       </c>
-      <c r="M10" s="17" t="s">
+      <c r="M10" s="19" t="s">
         <v>16</v>
       </c>
-      <c r="N10" s="17"/>
-[...1 lines deleted...]
-      <c r="P10" s="17" t="s">
+      <c r="N10" s="19"/>
+      <c r="O10" s="19"/>
+      <c r="P10" s="19" t="s">
         <v>16</v>
       </c>
-      <c r="Q10" s="17"/>
-      <c r="R10" s="17"/>
+      <c r="Q10" s="19"/>
+      <c r="R10" s="19"/>
       <c r="T10" s="2" t="s">
         <v>11</v>
       </c>
-      <c r="U10" s="10" t="s">
+      <c r="U10" s="15" t="s">
         <v>16</v>
       </c>
-      <c r="V10" s="10"/>
-[...1 lines deleted...]
-      <c r="X10" s="10" t="s">
+      <c r="V10" s="15"/>
+      <c r="W10" s="15"/>
+      <c r="X10" s="15" t="s">
         <v>16</v>
       </c>
-      <c r="Y10" s="10"/>
-      <c r="Z10" s="10"/>
+      <c r="Y10" s="15"/>
+      <c r="Z10" s="15"/>
     </row>
     <row r="11" spans="1:26" ht="32" x14ac:dyDescent="0.45">
       <c r="B11" s="2" t="s">
         <v>11</v>
       </c>
       <c r="C11" s="6" t="s">
         <v>17</v>
       </c>
       <c r="D11" s="6" t="s">
         <v>18</v>
       </c>
       <c r="E11" s="6" t="s">
         <v>17</v>
       </c>
       <c r="F11" s="6" t="s">
         <v>18</v>
       </c>
       <c r="G11" s="6" t="s">
         <v>17</v>
       </c>
       <c r="H11" s="6" t="s">
         <v>18</v>
       </c>
       <c r="I11" s="6" t="s">
         <v>17</v>
@@ -6148,291 +6156,291 @@
       </c>
       <c r="T36" s="2" t="s">
         <v>46</v>
       </c>
       <c r="U36" s="2">
         <v>13</v>
       </c>
       <c r="V36" s="8">
         <v>137.14250000000001</v>
       </c>
       <c r="W36" s="2">
         <v>13</v>
       </c>
       <c r="X36" s="8">
         <v>6.1591699999999996</v>
       </c>
       <c r="Y36" s="2">
         <v>13</v>
       </c>
       <c r="Z36" s="8">
         <v>2.1633</v>
       </c>
     </row>
   </sheetData>
   <mergeCells count="29">
-    <mergeCell ref="A1:R1"/>
-[...9 lines deleted...]
-    <mergeCell ref="I7:J8"/>
+    <mergeCell ref="U10:W10"/>
+    <mergeCell ref="X10:Z10"/>
+    <mergeCell ref="U7:Z7"/>
+    <mergeCell ref="T8:T9"/>
+    <mergeCell ref="U8:V9"/>
+    <mergeCell ref="W8:X9"/>
+    <mergeCell ref="Y8:Z9"/>
     <mergeCell ref="C9:G9"/>
     <mergeCell ref="H9:J9"/>
     <mergeCell ref="C10:F10"/>
     <mergeCell ref="G10:J10"/>
     <mergeCell ref="M7:R7"/>
     <mergeCell ref="L8:L9"/>
     <mergeCell ref="M8:N9"/>
     <mergeCell ref="O8:P9"/>
     <mergeCell ref="Q8:R9"/>
     <mergeCell ref="M10:O10"/>
     <mergeCell ref="P10:R10"/>
-    <mergeCell ref="U10:W10"/>
-[...5 lines deleted...]
-    <mergeCell ref="Y8:Z9"/>
+    <mergeCell ref="C6:J6"/>
+    <mergeCell ref="B7:B8"/>
+    <mergeCell ref="C7:D8"/>
+    <mergeCell ref="E7:F8"/>
+    <mergeCell ref="G7:H8"/>
+    <mergeCell ref="I7:J8"/>
+    <mergeCell ref="A1:R1"/>
+    <mergeCell ref="A2:R2"/>
+    <mergeCell ref="A3:R3"/>
+    <mergeCell ref="A4:R4"/>
+    <mergeCell ref="A5:C5"/>
   </mergeCells>
   <hyperlinks>
     <hyperlink ref="A5" location="'List of contents'!A1" display="Back to 'List of contents'" xr:uid="{00000000-0004-0000-0B00-000000000000}"/>
   </hyperlinks>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
 </worksheet>
 </file>
 
 <file path=xl/worksheets/sheet12.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns:xr2="http://schemas.microsoft.com/office/spreadsheetml/2015/revision2" xmlns:xr3="http://schemas.microsoft.com/office/spreadsheetml/2016/revision3" mc:Ignorable="x14ac xr xr2 xr3" xr:uid="{00000000-0001-0000-0C00-000000000000}">
   <dimension ref="A1:R36"/>
   <sheetViews>
     <sheetView workbookViewId="0">
       <pane ySplit="11" topLeftCell="A12" activePane="bottomLeft" state="frozen"/>
       <selection pane="bottomLeft" sqref="A1:R1"/>
     </sheetView>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="14.5" x14ac:dyDescent="0.35"/>
   <cols>
     <col min="1" max="100" width="10.7265625" customWidth="1"/>
   </cols>
   <sheetData>
     <row r="1" spans="1:18" ht="45" customHeight="1" x14ac:dyDescent="0.55000000000000004">
-      <c r="A1" s="18" t="s">
+      <c r="A1" s="12" t="s">
         <v>154</v>
       </c>
-      <c r="B1" s="18"/>
-[...15 lines deleted...]
-      <c r="R1" s="18"/>
+      <c r="B1" s="12"/>
+      <c r="C1" s="12"/>
+      <c r="D1" s="12"/>
+      <c r="E1" s="12"/>
+      <c r="F1" s="12"/>
+      <c r="G1" s="12"/>
+      <c r="H1" s="12"/>
+      <c r="I1" s="12"/>
+      <c r="J1" s="12"/>
+      <c r="K1" s="12"/>
+      <c r="L1" s="12"/>
+      <c r="M1" s="12"/>
+      <c r="N1" s="12"/>
+      <c r="O1" s="12"/>
+      <c r="P1" s="12"/>
+      <c r="Q1" s="12"/>
+      <c r="R1" s="12"/>
     </row>
     <row r="2" spans="1:18" ht="18" customHeight="1" x14ac:dyDescent="0.45">
-      <c r="A2" s="19" t="s">
+      <c r="A2" s="13" t="s">
         <v>6</v>
       </c>
-      <c r="B2" s="19"/>
-[...15 lines deleted...]
-      <c r="R2" s="19"/>
+      <c r="B2" s="13"/>
+      <c r="C2" s="13"/>
+      <c r="D2" s="13"/>
+      <c r="E2" s="13"/>
+      <c r="F2" s="13"/>
+      <c r="G2" s="13"/>
+      <c r="H2" s="13"/>
+      <c r="I2" s="13"/>
+      <c r="J2" s="13"/>
+      <c r="K2" s="13"/>
+      <c r="L2" s="13"/>
+      <c r="M2" s="13"/>
+      <c r="N2" s="13"/>
+      <c r="O2" s="13"/>
+      <c r="P2" s="13"/>
+      <c r="Q2" s="13"/>
+      <c r="R2" s="13"/>
     </row>
     <row r="3" spans="1:18" ht="18" customHeight="1" x14ac:dyDescent="0.45">
-      <c r="A3" s="19" t="s">
+      <c r="A3" s="13" t="s">
         <v>155</v>
       </c>
-      <c r="B3" s="19"/>
-[...15 lines deleted...]
-      <c r="R3" s="19"/>
+      <c r="B3" s="13"/>
+      <c r="C3" s="13"/>
+      <c r="D3" s="13"/>
+      <c r="E3" s="13"/>
+      <c r="F3" s="13"/>
+      <c r="G3" s="13"/>
+      <c r="H3" s="13"/>
+      <c r="I3" s="13"/>
+      <c r="J3" s="13"/>
+      <c r="K3" s="13"/>
+      <c r="L3" s="13"/>
+      <c r="M3" s="13"/>
+      <c r="N3" s="13"/>
+      <c r="O3" s="13"/>
+      <c r="P3" s="13"/>
+      <c r="Q3" s="13"/>
+      <c r="R3" s="13"/>
     </row>
     <row r="4" spans="1:18" ht="18" customHeight="1" x14ac:dyDescent="0.45">
-      <c r="A4" s="19" t="s">
+      <c r="A4" s="13" t="s">
         <v>9</v>
       </c>
-      <c r="B4" s="19"/>
-[...15 lines deleted...]
-      <c r="R4" s="19"/>
+      <c r="B4" s="13"/>
+      <c r="C4" s="13"/>
+      <c r="D4" s="13"/>
+      <c r="E4" s="13"/>
+      <c r="F4" s="13"/>
+      <c r="G4" s="13"/>
+      <c r="H4" s="13"/>
+      <c r="I4" s="13"/>
+      <c r="J4" s="13"/>
+      <c r="K4" s="13"/>
+      <c r="L4" s="13"/>
+      <c r="M4" s="13"/>
+      <c r="N4" s="13"/>
+      <c r="O4" s="13"/>
+      <c r="P4" s="13"/>
+      <c r="Q4" s="13"/>
+      <c r="R4" s="13"/>
     </row>
     <row r="5" spans="1:18" ht="16" x14ac:dyDescent="0.45">
-      <c r="A5" s="20" t="s">
+      <c r="A5" s="14" t="s">
         <v>10</v>
       </c>
-      <c r="B5" s="20"/>
-      <c r="C5" s="20"/>
+      <c r="B5" s="14"/>
+      <c r="C5" s="14"/>
     </row>
     <row r="7" spans="1:18" ht="16" x14ac:dyDescent="0.45">
       <c r="B7" s="2" t="s">
         <v>11</v>
       </c>
-      <c r="C7" s="11" t="s">
+      <c r="C7" s="20" t="s">
         <v>134</v>
       </c>
-      <c r="D7" s="11"/>
-[...3 lines deleted...]
-      <c r="H7" s="11"/>
+      <c r="D7" s="20"/>
+      <c r="E7" s="20"/>
+      <c r="F7" s="20"/>
+      <c r="G7" s="20"/>
+      <c r="H7" s="20"/>
       <c r="J7" s="5" t="s">
         <v>11</v>
       </c>
-      <c r="K7" s="14" t="s">
+      <c r="K7" s="16" t="s">
         <v>156</v>
       </c>
-      <c r="L7" s="14"/>
-[...3 lines deleted...]
-      <c r="P7" s="14"/>
+      <c r="L7" s="16"/>
+      <c r="M7" s="16"/>
+      <c r="N7" s="16"/>
+      <c r="O7" s="16"/>
+      <c r="P7" s="16"/>
     </row>
     <row r="8" spans="1:18" ht="18" customHeight="1" x14ac:dyDescent="0.35">
-      <c r="B8" s="12" t="s">
+      <c r="B8" s="10" t="s">
         <v>11</v>
       </c>
-      <c r="C8" s="13" t="s">
+      <c r="C8" s="11" t="s">
         <v>54</v>
       </c>
-      <c r="D8" s="13"/>
-      <c r="E8" s="13" t="s">
+      <c r="D8" s="11"/>
+      <c r="E8" s="11" t="s">
         <v>53</v>
       </c>
-      <c r="F8" s="13"/>
-      <c r="G8" s="13" t="s">
+      <c r="F8" s="11"/>
+      <c r="G8" s="11" t="s">
         <v>52</v>
       </c>
-      <c r="H8" s="13"/>
-      <c r="J8" s="15" t="s">
+      <c r="H8" s="11"/>
+      <c r="J8" s="17" t="s">
         <v>11</v>
       </c>
-      <c r="K8" s="16" t="s">
+      <c r="K8" s="18" t="s">
         <v>54</v>
       </c>
-      <c r="L8" s="16"/>
-      <c r="M8" s="16" t="s">
+      <c r="L8" s="18"/>
+      <c r="M8" s="18" t="s">
         <v>53</v>
       </c>
-      <c r="N8" s="16"/>
-      <c r="O8" s="16" t="s">
+      <c r="N8" s="18"/>
+      <c r="O8" s="18" t="s">
         <v>52</v>
       </c>
-      <c r="P8" s="16"/>
+      <c r="P8" s="18"/>
     </row>
     <row r="9" spans="1:18" ht="18" customHeight="1" x14ac:dyDescent="0.35">
-      <c r="B9" s="12"/>
-[...12 lines deleted...]
-      <c r="P9" s="16"/>
+      <c r="B9" s="10"/>
+      <c r="C9" s="11"/>
+      <c r="D9" s="11"/>
+      <c r="E9" s="11"/>
+      <c r="F9" s="11"/>
+      <c r="G9" s="11"/>
+      <c r="H9" s="11"/>
+      <c r="J9" s="17"/>
+      <c r="K9" s="18"/>
+      <c r="L9" s="18"/>
+      <c r="M9" s="18"/>
+      <c r="N9" s="18"/>
+      <c r="O9" s="18"/>
+      <c r="P9" s="18"/>
     </row>
     <row r="10" spans="1:18" ht="20.149999999999999" customHeight="1" x14ac:dyDescent="0.45">
       <c r="B10" s="2" t="s">
         <v>11</v>
       </c>
-      <c r="C10" s="10" t="s">
+      <c r="C10" s="15" t="s">
         <v>16</v>
       </c>
-      <c r="D10" s="10"/>
-[...3 lines deleted...]
-      <c r="H10" s="10"/>
+      <c r="D10" s="15"/>
+      <c r="E10" s="15"/>
+      <c r="F10" s="15"/>
+      <c r="G10" s="15"/>
+      <c r="H10" s="15"/>
       <c r="J10" s="5" t="s">
         <v>11</v>
       </c>
-      <c r="K10" s="17" t="s">
+      <c r="K10" s="19" t="s">
         <v>16</v>
       </c>
-      <c r="L10" s="17"/>
-[...3 lines deleted...]
-      <c r="P10" s="17"/>
+      <c r="L10" s="19"/>
+      <c r="M10" s="19"/>
+      <c r="N10" s="19"/>
+      <c r="O10" s="19"/>
+      <c r="P10" s="19"/>
     </row>
     <row r="11" spans="1:18" ht="32" x14ac:dyDescent="0.45">
       <c r="B11" s="2" t="s">
         <v>11</v>
       </c>
       <c r="C11" s="6" t="s">
         <v>17</v>
       </c>
       <c r="D11" s="6" t="s">
         <v>18</v>
       </c>
       <c r="E11" s="6" t="s">
         <v>17</v>
       </c>
       <c r="F11" s="6" t="s">
         <v>18</v>
       </c>
       <c r="G11" s="6" t="s">
         <v>17</v>
       </c>
       <c r="H11" s="6" t="s">
         <v>18</v>
       </c>
       <c r="J11" s="5" t="s">
         <v>11</v>
@@ -7536,323 +7544,323 @@
       </c>
       <c r="J36" s="5" t="s">
         <v>46</v>
       </c>
       <c r="K36" s="5">
         <v>19</v>
       </c>
       <c r="L36" s="9">
         <v>121.8447</v>
       </c>
       <c r="M36" s="5">
         <v>8</v>
       </c>
       <c r="N36" s="9">
         <v>120.8111</v>
       </c>
       <c r="O36" s="5">
         <v>25</v>
       </c>
       <c r="P36" s="9">
         <v>124.77500000000001</v>
       </c>
     </row>
   </sheetData>
   <mergeCells count="17">
+    <mergeCell ref="C10:H10"/>
+    <mergeCell ref="K7:P7"/>
+    <mergeCell ref="J8:J9"/>
+    <mergeCell ref="K8:L9"/>
+    <mergeCell ref="M8:N9"/>
+    <mergeCell ref="O8:P9"/>
+    <mergeCell ref="K10:P10"/>
+    <mergeCell ref="C7:H7"/>
     <mergeCell ref="B8:B9"/>
     <mergeCell ref="C8:D9"/>
     <mergeCell ref="E8:F9"/>
     <mergeCell ref="G8:H9"/>
     <mergeCell ref="A1:R1"/>
     <mergeCell ref="A2:R2"/>
     <mergeCell ref="A3:R3"/>
     <mergeCell ref="A4:R4"/>
     <mergeCell ref="A5:C5"/>
-    <mergeCell ref="C10:H10"/>
-[...6 lines deleted...]
-    <mergeCell ref="C7:H7"/>
   </mergeCells>
   <hyperlinks>
     <hyperlink ref="A5" location="'List of contents'!A1" display="Back to 'List of contents'" xr:uid="{00000000-0004-0000-0C00-000000000000}"/>
   </hyperlinks>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
 </worksheet>
 </file>
 
 <file path=xl/worksheets/sheet2.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns:xr2="http://schemas.microsoft.com/office/spreadsheetml/2015/revision2" xmlns:xr3="http://schemas.microsoft.com/office/spreadsheetml/2016/revision3" mc:Ignorable="x14ac xr xr2 xr3" xr:uid="{00000000-0001-0000-0200-000000000000}">
   <dimension ref="A1:X39"/>
   <sheetViews>
     <sheetView workbookViewId="0">
       <pane ySplit="11" topLeftCell="A12" activePane="bottomLeft" state="frozen"/>
       <selection pane="bottomLeft" sqref="A1:R1"/>
     </sheetView>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="14.5" x14ac:dyDescent="0.35"/>
   <cols>
     <col min="1" max="100" width="10.7265625" customWidth="1"/>
   </cols>
   <sheetData>
     <row r="1" spans="1:24" ht="24" customHeight="1" x14ac:dyDescent="0.55000000000000004">
-      <c r="A1" s="18" t="s">
+      <c r="A1" s="12" t="s">
         <v>7</v>
       </c>
-      <c r="B1" s="18"/>
-[...15 lines deleted...]
-      <c r="R1" s="18"/>
+      <c r="B1" s="12"/>
+      <c r="C1" s="12"/>
+      <c r="D1" s="12"/>
+      <c r="E1" s="12"/>
+      <c r="F1" s="12"/>
+      <c r="G1" s="12"/>
+      <c r="H1" s="12"/>
+      <c r="I1" s="12"/>
+      <c r="J1" s="12"/>
+      <c r="K1" s="12"/>
+      <c r="L1" s="12"/>
+      <c r="M1" s="12"/>
+      <c r="N1" s="12"/>
+      <c r="O1" s="12"/>
+      <c r="P1" s="12"/>
+      <c r="Q1" s="12"/>
+      <c r="R1" s="12"/>
     </row>
     <row r="2" spans="1:24" ht="18" customHeight="1" x14ac:dyDescent="0.45">
-      <c r="A2" s="19" t="s">
+      <c r="A2" s="13" t="s">
         <v>6</v>
       </c>
-      <c r="B2" s="19"/>
-[...15 lines deleted...]
-      <c r="R2" s="19"/>
+      <c r="B2" s="13"/>
+      <c r="C2" s="13"/>
+      <c r="D2" s="13"/>
+      <c r="E2" s="13"/>
+      <c r="F2" s="13"/>
+      <c r="G2" s="13"/>
+      <c r="H2" s="13"/>
+      <c r="I2" s="13"/>
+      <c r="J2" s="13"/>
+      <c r="K2" s="13"/>
+      <c r="L2" s="13"/>
+      <c r="M2" s="13"/>
+      <c r="N2" s="13"/>
+      <c r="O2" s="13"/>
+      <c r="P2" s="13"/>
+      <c r="Q2" s="13"/>
+      <c r="R2" s="13"/>
     </row>
     <row r="3" spans="1:24" ht="18" customHeight="1" x14ac:dyDescent="0.45">
-      <c r="A3" s="19" t="s">
-[...18 lines deleted...]
-      <c r="R3" s="19"/>
+      <c r="A3" s="13" t="s">
+        <v>8</v>
+      </c>
+      <c r="B3" s="13"/>
+      <c r="C3" s="13"/>
+      <c r="D3" s="13"/>
+      <c r="E3" s="13"/>
+      <c r="F3" s="13"/>
+      <c r="G3" s="13"/>
+      <c r="H3" s="13"/>
+      <c r="I3" s="13"/>
+      <c r="J3" s="13"/>
+      <c r="K3" s="13"/>
+      <c r="L3" s="13"/>
+      <c r="M3" s="13"/>
+      <c r="N3" s="13"/>
+      <c r="O3" s="13"/>
+      <c r="P3" s="13"/>
+      <c r="Q3" s="13"/>
+      <c r="R3" s="13"/>
     </row>
     <row r="4" spans="1:24" ht="18" customHeight="1" x14ac:dyDescent="0.45">
-      <c r="A4" s="19" t="s">
+      <c r="A4" s="13" t="s">
         <v>9</v>
       </c>
-      <c r="B4" s="19"/>
-[...15 lines deleted...]
-      <c r="R4" s="19"/>
+      <c r="B4" s="13"/>
+      <c r="C4" s="13"/>
+      <c r="D4" s="13"/>
+      <c r="E4" s="13"/>
+      <c r="F4" s="13"/>
+      <c r="G4" s="13"/>
+      <c r="H4" s="13"/>
+      <c r="I4" s="13"/>
+      <c r="J4" s="13"/>
+      <c r="K4" s="13"/>
+      <c r="L4" s="13"/>
+      <c r="M4" s="13"/>
+      <c r="N4" s="13"/>
+      <c r="O4" s="13"/>
+      <c r="P4" s="13"/>
+      <c r="Q4" s="13"/>
+      <c r="R4" s="13"/>
     </row>
     <row r="5" spans="1:24" ht="16" x14ac:dyDescent="0.45">
-      <c r="A5" s="20" t="s">
+      <c r="A5" s="14" t="s">
         <v>10</v>
       </c>
-      <c r="B5" s="20"/>
-      <c r="C5" s="20"/>
+      <c r="B5" s="14"/>
+      <c r="C5" s="14"/>
     </row>
     <row r="7" spans="1:24" ht="16" x14ac:dyDescent="0.45">
       <c r="B7" s="2" t="s">
         <v>11</v>
       </c>
-      <c r="C7" s="11" t="s">
-[...6 lines deleted...]
-      <c r="H7" s="11"/>
+      <c r="C7" s="20" t="s">
+        <v>12</v>
+      </c>
+      <c r="D7" s="20"/>
+      <c r="E7" s="20"/>
+      <c r="F7" s="20"/>
+      <c r="G7" s="20"/>
+      <c r="H7" s="20"/>
       <c r="J7" s="5" t="s">
         <v>11</v>
       </c>
-      <c r="K7" s="14" t="s">
+      <c r="K7" s="16" t="s">
         <v>47</v>
       </c>
-      <c r="L7" s="14"/>
-[...3 lines deleted...]
-      <c r="P7" s="14"/>
+      <c r="L7" s="16"/>
+      <c r="M7" s="16"/>
+      <c r="N7" s="16"/>
+      <c r="O7" s="16"/>
+      <c r="P7" s="16"/>
       <c r="R7" s="2" t="s">
         <v>11</v>
       </c>
-      <c r="S7" s="11" t="s">
+      <c r="S7" s="20" t="s">
         <v>51</v>
       </c>
-      <c r="T7" s="11"/>
-[...3 lines deleted...]
-      <c r="X7" s="11"/>
+      <c r="T7" s="20"/>
+      <c r="U7" s="20"/>
+      <c r="V7" s="20"/>
+      <c r="W7" s="20"/>
+      <c r="X7" s="20"/>
     </row>
     <row r="8" spans="1:24" ht="18" customHeight="1" x14ac:dyDescent="0.35">
-      <c r="B8" s="12" t="s">
+      <c r="B8" s="10" t="s">
         <v>11</v>
       </c>
-      <c r="C8" s="13" t="s">
+      <c r="C8" s="11" t="s">
         <v>13</v>
       </c>
-      <c r="D8" s="13"/>
-      <c r="E8" s="13" t="s">
+      <c r="D8" s="11"/>
+      <c r="E8" s="11" t="s">
         <v>14</v>
       </c>
-      <c r="F8" s="13"/>
-      <c r="G8" s="13" t="s">
+      <c r="F8" s="11"/>
+      <c r="G8" s="11" t="s">
         <v>15</v>
       </c>
-      <c r="H8" s="13"/>
-      <c r="J8" s="15" t="s">
+      <c r="H8" s="11"/>
+      <c r="J8" s="17" t="s">
         <v>11</v>
       </c>
-      <c r="K8" s="16" t="s">
+      <c r="K8" s="18" t="s">
         <v>48</v>
       </c>
-      <c r="L8" s="16"/>
-      <c r="M8" s="16" t="s">
+      <c r="L8" s="18"/>
+      <c r="M8" s="18" t="s">
         <v>49</v>
       </c>
-      <c r="N8" s="16"/>
-      <c r="O8" s="16" t="s">
+      <c r="N8" s="18"/>
+      <c r="O8" s="18" t="s">
         <v>50</v>
       </c>
-      <c r="P8" s="16"/>
-      <c r="R8" s="12" t="s">
+      <c r="P8" s="18"/>
+      <c r="R8" s="10" t="s">
         <v>11</v>
       </c>
-      <c r="S8" s="13" t="s">
+      <c r="S8" s="11" t="s">
         <v>52</v>
       </c>
-      <c r="T8" s="13"/>
-      <c r="U8" s="13" t="s">
+      <c r="T8" s="11"/>
+      <c r="U8" s="11" t="s">
         <v>53</v>
       </c>
-      <c r="V8" s="13"/>
-      <c r="W8" s="13" t="s">
+      <c r="V8" s="11"/>
+      <c r="W8" s="11" t="s">
         <v>54</v>
       </c>
-      <c r="X8" s="13"/>
+      <c r="X8" s="11"/>
     </row>
     <row r="9" spans="1:24" ht="18" customHeight="1" x14ac:dyDescent="0.35">
-      <c r="B9" s="12"/>
-[...19 lines deleted...]
-      <c r="X9" s="13"/>
+      <c r="B9" s="10"/>
+      <c r="C9" s="11"/>
+      <c r="D9" s="11"/>
+      <c r="E9" s="11"/>
+      <c r="F9" s="11"/>
+      <c r="G9" s="11"/>
+      <c r="H9" s="11"/>
+      <c r="J9" s="17"/>
+      <c r="K9" s="18"/>
+      <c r="L9" s="18"/>
+      <c r="M9" s="18"/>
+      <c r="N9" s="18"/>
+      <c r="O9" s="18"/>
+      <c r="P9" s="18"/>
+      <c r="R9" s="10"/>
+      <c r="S9" s="11"/>
+      <c r="T9" s="11"/>
+      <c r="U9" s="11"/>
+      <c r="V9" s="11"/>
+      <c r="W9" s="11"/>
+      <c r="X9" s="11"/>
     </row>
     <row r="10" spans="1:24" ht="20.149999999999999" customHeight="1" x14ac:dyDescent="0.45">
       <c r="B10" s="2" t="s">
         <v>11</v>
       </c>
-      <c r="C10" s="10" t="s">
+      <c r="C10" s="15" t="s">
         <v>16</v>
       </c>
-      <c r="D10" s="10"/>
-[...3 lines deleted...]
-      <c r="H10" s="10"/>
+      <c r="D10" s="15"/>
+      <c r="E10" s="15"/>
+      <c r="F10" s="15"/>
+      <c r="G10" s="15"/>
+      <c r="H10" s="15"/>
       <c r="J10" s="5" t="s">
         <v>11</v>
       </c>
-      <c r="K10" s="17" t="s">
+      <c r="K10" s="19" t="s">
         <v>16</v>
       </c>
-      <c r="L10" s="17"/>
-[...3 lines deleted...]
-      <c r="P10" s="17"/>
+      <c r="L10" s="19"/>
+      <c r="M10" s="19"/>
+      <c r="N10" s="19"/>
+      <c r="O10" s="19"/>
+      <c r="P10" s="19"/>
       <c r="R10" s="2" t="s">
         <v>11</v>
       </c>
-      <c r="S10" s="10" t="s">
+      <c r="S10" s="15" t="s">
         <v>16</v>
       </c>
-      <c r="T10" s="10"/>
-[...3 lines deleted...]
-      <c r="X10" s="10"/>
+      <c r="T10" s="15"/>
+      <c r="U10" s="15"/>
+      <c r="V10" s="15"/>
+      <c r="W10" s="15"/>
+      <c r="X10" s="15"/>
     </row>
     <row r="11" spans="1:24" ht="32" x14ac:dyDescent="0.45">
       <c r="B11" s="2" t="s">
         <v>11</v>
       </c>
       <c r="C11" s="6" t="s">
         <v>17</v>
       </c>
       <c r="D11" s="6" t="s">
         <v>18</v>
       </c>
       <c r="E11" s="6" t="s">
         <v>17</v>
       </c>
       <c r="F11" s="6" t="s">
         <v>18</v>
       </c>
       <c r="G11" s="6" t="s">
         <v>17</v>
       </c>
       <c r="H11" s="6" t="s">
         <v>18</v>
       </c>
       <c r="J11" s="5" t="s">
         <v>11</v>
@@ -9697,768 +9705,768 @@
       </c>
       <c r="R39" s="2" t="s">
         <v>46</v>
       </c>
       <c r="S39" s="2">
         <v>29</v>
       </c>
       <c r="T39" s="8">
         <v>15.5122</v>
       </c>
       <c r="U39" s="2">
         <v>14</v>
       </c>
       <c r="V39" s="8">
         <v>15.865399999999999</v>
       </c>
       <c r="W39" s="2">
         <v>26</v>
       </c>
       <c r="X39" s="8">
         <v>16.728400000000001</v>
       </c>
     </row>
   </sheetData>
   <mergeCells count="23">
+    <mergeCell ref="S10:X10"/>
+    <mergeCell ref="S7:X7"/>
+    <mergeCell ref="R8:R9"/>
+    <mergeCell ref="S8:T9"/>
+    <mergeCell ref="U8:V9"/>
+    <mergeCell ref="W8:X9"/>
+    <mergeCell ref="C10:H10"/>
+    <mergeCell ref="K7:P7"/>
+    <mergeCell ref="J8:J9"/>
+    <mergeCell ref="K8:L9"/>
+    <mergeCell ref="M8:N9"/>
+    <mergeCell ref="O8:P9"/>
+    <mergeCell ref="K10:P10"/>
+    <mergeCell ref="C7:H7"/>
     <mergeCell ref="B8:B9"/>
     <mergeCell ref="C8:D9"/>
     <mergeCell ref="E8:F9"/>
     <mergeCell ref="G8:H9"/>
     <mergeCell ref="A1:R1"/>
     <mergeCell ref="A2:R2"/>
     <mergeCell ref="A3:R3"/>
     <mergeCell ref="A4:R4"/>
     <mergeCell ref="A5:C5"/>
-    <mergeCell ref="C10:H10"/>
-[...12 lines deleted...]
-    <mergeCell ref="W8:X9"/>
   </mergeCells>
   <hyperlinks>
     <hyperlink ref="A5" location="'List of contents'!A1" display="Back to 'List of contents'" xr:uid="{00000000-0004-0000-0200-000000000000}"/>
   </hyperlinks>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
 </worksheet>
 </file>
 
 <file path=xl/worksheets/sheet3.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns:xr2="http://schemas.microsoft.com/office/spreadsheetml/2015/revision2" xmlns:xr3="http://schemas.microsoft.com/office/spreadsheetml/2016/revision3" mc:Ignorable="x14ac xr xr2 xr3" xr:uid="{00000000-0001-0000-0300-000000000000}">
   <dimension ref="A1:R19"/>
   <sheetViews>
     <sheetView workbookViewId="0">
       <pane ySplit="11" topLeftCell="A12" activePane="bottomLeft" state="frozen"/>
-      <selection pane="bottomLeft" activeCell="K11" sqref="K11"/>
+      <selection pane="bottomLeft" activeCell="A2" sqref="A2:R2"/>
     </sheetView>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="14.5" x14ac:dyDescent="0.35"/>
   <cols>
     <col min="1" max="1" width="10.7265625" customWidth="1"/>
     <col min="2" max="2" width="17.54296875" customWidth="1"/>
     <col min="3" max="5" width="10.7265625" customWidth="1"/>
     <col min="6" max="6" width="17.54296875" customWidth="1"/>
     <col min="7" max="9" width="10.7265625" customWidth="1"/>
     <col min="10" max="10" width="17.54296875" customWidth="1"/>
     <col min="11" max="100" width="10.7265625" customWidth="1"/>
   </cols>
   <sheetData>
     <row r="1" spans="1:18" ht="24" customHeight="1" x14ac:dyDescent="0.55000000000000004">
-      <c r="A1" s="18" t="s">
-[...18 lines deleted...]
-      <c r="R1" s="18"/>
+      <c r="A1" s="12" t="s">
+        <v>166</v>
+      </c>
+      <c r="B1" s="12"/>
+      <c r="C1" s="12"/>
+      <c r="D1" s="12"/>
+      <c r="E1" s="12"/>
+      <c r="F1" s="12"/>
+      <c r="G1" s="12"/>
+      <c r="H1" s="12"/>
+      <c r="I1" s="12"/>
+      <c r="J1" s="12"/>
+      <c r="K1" s="12"/>
+      <c r="L1" s="12"/>
+      <c r="M1" s="12"/>
+      <c r="N1" s="12"/>
+      <c r="O1" s="12"/>
+      <c r="P1" s="12"/>
+      <c r="Q1" s="12"/>
+      <c r="R1" s="12"/>
     </row>
     <row r="2" spans="1:18" ht="18" customHeight="1" x14ac:dyDescent="0.45">
-      <c r="A2" s="19" t="s">
+      <c r="A2" s="13" t="s">
         <v>56</v>
       </c>
-      <c r="B2" s="19"/>
-[...15 lines deleted...]
-      <c r="R2" s="19"/>
+      <c r="B2" s="13"/>
+      <c r="C2" s="13"/>
+      <c r="D2" s="13"/>
+      <c r="E2" s="13"/>
+      <c r="F2" s="13"/>
+      <c r="G2" s="13"/>
+      <c r="H2" s="13"/>
+      <c r="I2" s="13"/>
+      <c r="J2" s="13"/>
+      <c r="K2" s="13"/>
+      <c r="L2" s="13"/>
+      <c r="M2" s="13"/>
+      <c r="N2" s="13"/>
+      <c r="O2" s="13"/>
+      <c r="P2" s="13"/>
+      <c r="Q2" s="13"/>
+      <c r="R2" s="13"/>
     </row>
     <row r="3" spans="1:18" ht="48" customHeight="1" x14ac:dyDescent="0.45">
-      <c r="A3" s="19" t="s">
+      <c r="A3" s="13" t="s">
         <v>57</v>
       </c>
-      <c r="B3" s="19"/>
-[...15 lines deleted...]
-      <c r="R3" s="19"/>
+      <c r="B3" s="13"/>
+      <c r="C3" s="13"/>
+      <c r="D3" s="13"/>
+      <c r="E3" s="13"/>
+      <c r="F3" s="13"/>
+      <c r="G3" s="13"/>
+      <c r="H3" s="13"/>
+      <c r="I3" s="13"/>
+      <c r="J3" s="13"/>
+      <c r="K3" s="13"/>
+      <c r="L3" s="13"/>
+      <c r="M3" s="13"/>
+      <c r="N3" s="13"/>
+      <c r="O3" s="13"/>
+      <c r="P3" s="13"/>
+      <c r="Q3" s="13"/>
+      <c r="R3" s="13"/>
     </row>
     <row r="4" spans="1:18" ht="18" customHeight="1" x14ac:dyDescent="0.45">
-      <c r="A4" s="19" t="s">
+      <c r="A4" s="13" t="s">
         <v>9</v>
       </c>
-      <c r="B4" s="19"/>
-[...15 lines deleted...]
-      <c r="R4" s="19"/>
+      <c r="B4" s="13"/>
+      <c r="C4" s="13"/>
+      <c r="D4" s="13"/>
+      <c r="E4" s="13"/>
+      <c r="F4" s="13"/>
+      <c r="G4" s="13"/>
+      <c r="H4" s="13"/>
+      <c r="I4" s="13"/>
+      <c r="J4" s="13"/>
+      <c r="K4" s="13"/>
+      <c r="L4" s="13"/>
+      <c r="M4" s="13"/>
+      <c r="N4" s="13"/>
+      <c r="O4" s="13"/>
+      <c r="P4" s="13"/>
+      <c r="Q4" s="13"/>
+      <c r="R4" s="13"/>
     </row>
     <row r="5" spans="1:18" ht="16" x14ac:dyDescent="0.45">
-      <c r="A5" s="20" t="s">
+      <c r="A5" s="14" t="s">
         <v>10</v>
       </c>
-      <c r="B5" s="20"/>
-      <c r="C5" s="20"/>
+      <c r="B5" s="14"/>
+      <c r="C5" s="14"/>
     </row>
     <row r="7" spans="1:18" ht="16" x14ac:dyDescent="0.45">
       <c r="B7" s="2" t="s">
         <v>11</v>
       </c>
-      <c r="C7" s="11" t="s">
+      <c r="C7" s="20" t="s">
         <v>58</v>
       </c>
-      <c r="D7" s="11"/>
+      <c r="D7" s="20"/>
       <c r="F7" s="5" t="s">
         <v>11</v>
       </c>
-      <c r="G7" s="14" t="s">
+      <c r="G7" s="16" t="s">
         <v>68</v>
       </c>
-      <c r="H7" s="14"/>
+      <c r="H7" s="16"/>
       <c r="J7" s="2" t="s">
         <v>11</v>
       </c>
-      <c r="K7" s="11" t="s">
+      <c r="K7" s="20" t="s">
         <v>69</v>
       </c>
-      <c r="L7" s="11"/>
+      <c r="L7" s="20"/>
     </row>
     <row r="8" spans="1:18" ht="18" customHeight="1" x14ac:dyDescent="0.35">
-      <c r="B8" s="12" t="s">
+      <c r="B8" s="10" t="s">
         <v>11</v>
       </c>
-      <c r="C8" s="13" t="s">
+      <c r="C8" s="11" t="s">
         <v>59</v>
       </c>
-      <c r="D8" s="13"/>
-      <c r="F8" s="15" t="s">
+      <c r="D8" s="11"/>
+      <c r="F8" s="17" t="s">
         <v>11</v>
       </c>
-      <c r="G8" s="16" t="s">
+      <c r="G8" s="18" t="s">
         <v>59</v>
       </c>
-      <c r="H8" s="16"/>
-      <c r="J8" s="12" t="s">
+      <c r="H8" s="18"/>
+      <c r="J8" s="10" t="s">
         <v>11</v>
       </c>
-      <c r="K8" s="13" t="s">
+      <c r="K8" s="11" t="s">
         <v>59</v>
       </c>
-      <c r="L8" s="13"/>
+      <c r="L8" s="11"/>
     </row>
     <row r="9" spans="1:18" ht="18" customHeight="1" x14ac:dyDescent="0.35">
-      <c r="B9" s="12"/>
-[...7 lines deleted...]
-      <c r="L9" s="13"/>
+      <c r="B9" s="10"/>
+      <c r="C9" s="11"/>
+      <c r="D9" s="11"/>
+      <c r="F9" s="17"/>
+      <c r="G9" s="18"/>
+      <c r="H9" s="18"/>
+      <c r="J9" s="10"/>
+      <c r="K9" s="11"/>
+      <c r="L9" s="11"/>
     </row>
     <row r="10" spans="1:18" ht="35.15" customHeight="1" x14ac:dyDescent="0.45">
       <c r="B10" s="2" t="s">
         <v>11</v>
       </c>
-      <c r="C10" s="10" t="s">
-[...2 lines deleted...]
-      <c r="D10" s="10"/>
+      <c r="C10" s="15" t="s">
+        <v>157</v>
+      </c>
+      <c r="D10" s="15"/>
       <c r="F10" s="5" t="s">
         <v>11</v>
       </c>
-      <c r="G10" s="17" t="s">
-[...2 lines deleted...]
-      <c r="H10" s="17"/>
+      <c r="G10" s="19" t="s">
+        <v>157</v>
+      </c>
+      <c r="H10" s="19"/>
       <c r="J10" s="2" t="s">
         <v>11</v>
       </c>
-      <c r="K10" s="10" t="s">
-[...2 lines deleted...]
-      <c r="L10" s="10"/>
+      <c r="K10" s="15" t="s">
+        <v>157</v>
+      </c>
+      <c r="L10" s="15"/>
     </row>
     <row r="11" spans="1:18" ht="32" x14ac:dyDescent="0.45">
       <c r="B11" s="2" t="s">
         <v>11</v>
       </c>
       <c r="C11" s="6" t="s">
         <v>17</v>
       </c>
       <c r="D11" s="6" t="s">
         <v>18</v>
       </c>
       <c r="F11" s="5" t="s">
         <v>11</v>
       </c>
       <c r="G11" s="7" t="s">
         <v>17</v>
       </c>
       <c r="H11" s="7" t="s">
         <v>18</v>
       </c>
       <c r="J11" s="2" t="s">
         <v>11</v>
       </c>
       <c r="K11" s="6" t="s">
         <v>17</v>
       </c>
       <c r="L11" s="6" t="s">
         <v>18</v>
       </c>
     </row>
     <row r="12" spans="1:18" ht="16" x14ac:dyDescent="0.45">
       <c r="B12" s="2" t="s">
-        <v>60</v>
-[...2 lines deleted...]
-        <v>84</v>
+        <v>61</v>
+      </c>
+      <c r="C12" s="21">
+        <v>83</v>
       </c>
       <c r="D12" s="8">
-        <v>2.0998000000000001</v>
+        <v>0.5476784183162916</v>
       </c>
       <c r="F12" s="5" t="s">
         <v>61</v>
       </c>
-      <c r="G12" s="5">
+      <c r="G12" s="22">
         <v>20</v>
       </c>
       <c r="H12" s="9">
-        <v>0.57455000000000001</v>
+        <v>0.5682845128465599</v>
       </c>
       <c r="J12" s="2" t="s">
-        <v>60</v>
-[...1 lines deleted...]
-      <c r="K12" s="2">
+        <v>61</v>
+      </c>
+      <c r="K12" s="21">
         <v>44</v>
       </c>
       <c r="L12" s="8">
-        <v>1.2553000000000001</v>
+        <v>0.79789382729952751</v>
       </c>
     </row>
     <row r="13" spans="1:18" ht="16" x14ac:dyDescent="0.45">
       <c r="B13" s="2" t="s">
-        <v>61</v>
-[...2 lines deleted...]
-        <v>84</v>
+        <v>62</v>
+      </c>
+      <c r="C13" s="21">
+        <v>83</v>
       </c>
       <c r="D13" s="8">
-        <v>0.49023</v>
+        <v>0.21078106541049779</v>
       </c>
       <c r="F13" s="5" t="s">
         <v>62</v>
       </c>
-      <c r="G13" s="5">
+      <c r="G13" s="22">
         <v>20</v>
       </c>
       <c r="H13" s="9">
-        <v>0.15751999999999999</v>
+        <v>0.15580360536376861</v>
       </c>
       <c r="J13" s="2" t="s">
-        <v>61</v>
-[...1 lines deleted...]
-      <c r="K13" s="2">
+        <v>62</v>
+      </c>
+      <c r="K13" s="21">
         <v>44</v>
       </c>
       <c r="L13" s="8">
-        <v>0.79788999999999999</v>
+        <v>0.21295585068336501</v>
       </c>
     </row>
     <row r="14" spans="1:18" ht="16" x14ac:dyDescent="0.45">
       <c r="B14" s="2" t="s">
-        <v>62</v>
-[...2 lines deleted...]
-        <v>84</v>
+        <v>63</v>
+      </c>
+      <c r="C14" s="21">
+        <v>83</v>
       </c>
       <c r="D14" s="8">
-        <v>0.20999000000000001</v>
+        <v>1.249777871120902</v>
       </c>
       <c r="F14" s="5" t="s">
         <v>63</v>
       </c>
-      <c r="G14" s="5">
+      <c r="G14" s="22">
         <v>20</v>
       </c>
       <c r="H14" s="9">
-        <v>1.4502999999999999</v>
+        <v>1.434452568148614</v>
       </c>
       <c r="J14" s="2" t="s">
-        <v>62</v>
-[...1 lines deleted...]
-      <c r="K14" s="2">
+        <v>63</v>
+      </c>
+      <c r="K14" s="21">
         <v>44</v>
       </c>
       <c r="L14" s="8">
-        <v>0.21296000000000001</v>
+        <v>0.2243938269163975</v>
       </c>
     </row>
     <row r="15" spans="1:18" ht="16" x14ac:dyDescent="0.45">
       <c r="B15" s="2" t="s">
-        <v>63</v>
-[...2 lines deleted...]
-        <v>84</v>
+        <v>64</v>
+      </c>
+      <c r="C15" s="21">
+        <v>83</v>
       </c>
       <c r="D15" s="8">
-        <v>1.2451000000000001</v>
+        <v>-0.58573051765395567</v>
       </c>
       <c r="F15" s="5" t="s">
         <v>64</v>
       </c>
-      <c r="G15" s="5">
+      <c r="G15" s="22">
         <v>20</v>
       </c>
       <c r="H15" s="9">
-        <v>-1.3288</v>
+        <v>-1.3340151642446529</v>
       </c>
       <c r="J15" s="2" t="s">
-        <v>63</v>
-[...1 lines deleted...]
-      <c r="K15" s="2">
+        <v>64</v>
+      </c>
+      <c r="K15" s="21">
         <v>44</v>
       </c>
       <c r="L15" s="8">
-        <v>0.22439000000000001</v>
+        <v>0.55607318472935319</v>
       </c>
     </row>
     <row r="16" spans="1:18" ht="16" x14ac:dyDescent="0.45">
       <c r="B16" s="2" t="s">
-        <v>64</v>
-[...2 lines deleted...]
-        <v>84</v>
+        <v>65</v>
+      </c>
+      <c r="C16" s="21">
+        <v>83</v>
       </c>
       <c r="D16" s="8">
-        <v>-0.56935000000000002</v>
+        <v>1.662074881889116</v>
       </c>
       <c r="F16" s="5" t="s">
         <v>65</v>
       </c>
-      <c r="G16" s="5">
+      <c r="G16" s="22">
         <v>20</v>
       </c>
       <c r="H16" s="9">
-        <v>3.3397999999999999</v>
+        <v>0.67992559285943488</v>
       </c>
       <c r="J16" s="2" t="s">
-        <v>64</v>
-[...1 lines deleted...]
-      <c r="K16" s="2">
+        <v>65</v>
+      </c>
+      <c r="K16" s="21">
         <v>44</v>
       </c>
       <c r="L16" s="8">
-        <v>0.55606999999999995</v>
+        <v>2.9592190882992249</v>
       </c>
     </row>
     <row r="17" spans="2:12" ht="16" x14ac:dyDescent="0.45">
       <c r="B17" s="2" t="s">
-        <v>65</v>
-[...2 lines deleted...]
-        <v>84</v>
+        <v>67</v>
+      </c>
+      <c r="C17" s="21">
+        <v>83</v>
       </c>
       <c r="D17" s="8">
-        <v>3.5476999999999999</v>
+        <v>-0.34096262901543228</v>
       </c>
       <c r="F17" s="5" t="s">
         <v>66</v>
       </c>
-      <c r="G17" s="5">
+      <c r="G17" s="22">
         <v>20</v>
       </c>
       <c r="H17" s="9">
-        <v>-2.3658000000000001</v>
+        <v>-0.34048011569251663</v>
       </c>
       <c r="J17" s="2" t="s">
-        <v>65</v>
-[...1 lines deleted...]
-      <c r="K17" s="2">
+        <v>67</v>
+      </c>
+      <c r="K17" s="21">
         <v>44</v>
       </c>
       <c r="L17" s="8">
-        <v>2.9592000000000001</v>
+        <v>-2.78593302439866E-2</v>
       </c>
     </row>
     <row r="18" spans="2:12" ht="16" x14ac:dyDescent="0.45">
       <c r="B18" s="2" t="s">
         <v>66</v>
       </c>
-      <c r="C18" s="2">
-        <v>84</v>
+      <c r="C18" s="21">
+        <v>83</v>
       </c>
       <c r="D18" s="8">
-        <v>-2.4842</v>
+        <v>-1.369171532786587</v>
       </c>
       <c r="F18" s="5" t="s">
         <v>67</v>
       </c>
-      <c r="G18" s="5">
+      <c r="G18" s="22">
         <v>20</v>
       </c>
       <c r="H18" s="9">
-        <v>-0.34422999999999998</v>
+        <v>-0.7866070338064366</v>
       </c>
       <c r="J18" s="2" t="s">
         <v>66</v>
       </c>
-      <c r="K18" s="2">
+      <c r="K18" s="21">
         <v>44</v>
       </c>
       <c r="L18" s="8">
-        <v>-3.4674</v>
+        <v>-3.4674242242392221</v>
       </c>
     </row>
     <row r="19" spans="2:12" ht="16" x14ac:dyDescent="0.45">
       <c r="B19" s="2" t="s">
-        <v>67</v>
-[...2 lines deleted...]
-        <v>84</v>
+        <v>60</v>
+      </c>
+      <c r="C19" s="21">
+        <v>83</v>
       </c>
       <c r="D19" s="8">
-        <v>-0.33967999999999998</v>
+        <v>1.374447557280831</v>
       </c>
       <c r="F19" s="5" t="s">
         <v>60</v>
       </c>
-      <c r="G19" s="5">
+      <c r="G19" s="22">
         <v>20</v>
       </c>
       <c r="H19" s="9">
-        <v>1.4833000000000001</v>
+        <v>0.37736396547477008</v>
       </c>
       <c r="J19" s="2" t="s">
-        <v>67</v>
-[...1 lines deleted...]
-      <c r="K19" s="2">
+        <v>60</v>
+      </c>
+      <c r="K19" s="21">
         <v>44</v>
       </c>
       <c r="L19" s="8">
-        <v>-2.7858999999999998E-2</v>
+        <v>1.255252223444659</v>
       </c>
     </row>
   </sheetData>
   <mergeCells count="17">
-    <mergeCell ref="A1:R1"/>
-[...3 lines deleted...]
-    <mergeCell ref="A5:C5"/>
+    <mergeCell ref="K7:L7"/>
+    <mergeCell ref="J8:J9"/>
+    <mergeCell ref="K8:L9"/>
+    <mergeCell ref="K10:L10"/>
+    <mergeCell ref="C7:D7"/>
     <mergeCell ref="B8:B9"/>
     <mergeCell ref="C8:D9"/>
     <mergeCell ref="C10:D10"/>
     <mergeCell ref="G7:H7"/>
     <mergeCell ref="F8:F9"/>
     <mergeCell ref="G8:H9"/>
     <mergeCell ref="G10:H10"/>
-    <mergeCell ref="K7:L7"/>
-[...3 lines deleted...]
-    <mergeCell ref="C7:D7"/>
+    <mergeCell ref="A1:R1"/>
+    <mergeCell ref="A2:R2"/>
+    <mergeCell ref="A3:R3"/>
+    <mergeCell ref="A4:R4"/>
+    <mergeCell ref="A5:C5"/>
   </mergeCells>
   <hyperlinks>
     <hyperlink ref="A5" location="'List of contents'!A1" display="Back to 'List of contents'" xr:uid="{00000000-0004-0000-0300-000000000000}"/>
   </hyperlinks>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
 </worksheet>
 </file>
 
 <file path=xl/worksheets/sheet4.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns:xr2="http://schemas.microsoft.com/office/spreadsheetml/2015/revision2" xmlns:xr3="http://schemas.microsoft.com/office/spreadsheetml/2016/revision3" mc:Ignorable="x14ac xr xr2 xr3" xr:uid="{00000000-0001-0000-0400-000000000000}">
   <dimension ref="A1:R39"/>
   <sheetViews>
     <sheetView workbookViewId="0">
       <pane ySplit="11" topLeftCell="A12" activePane="bottomLeft" state="frozen"/>
       <selection pane="bottomLeft" activeCell="E14" sqref="E14"/>
     </sheetView>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="14.5" x14ac:dyDescent="0.35"/>
   <cols>
     <col min="1" max="100" width="10.7265625" customWidth="1"/>
   </cols>
   <sheetData>
     <row r="1" spans="1:18" ht="45" customHeight="1" x14ac:dyDescent="0.55000000000000004">
-      <c r="A1" s="18" t="s">
+      <c r="A1" s="12" t="s">
         <v>73</v>
       </c>
-      <c r="B1" s="18"/>
-[...15 lines deleted...]
-      <c r="R1" s="18"/>
+      <c r="B1" s="12"/>
+      <c r="C1" s="12"/>
+      <c r="D1" s="12"/>
+      <c r="E1" s="12"/>
+      <c r="F1" s="12"/>
+      <c r="G1" s="12"/>
+      <c r="H1" s="12"/>
+      <c r="I1" s="12"/>
+      <c r="J1" s="12"/>
+      <c r="K1" s="12"/>
+      <c r="L1" s="12"/>
+      <c r="M1" s="12"/>
+      <c r="N1" s="12"/>
+      <c r="O1" s="12"/>
+      <c r="P1" s="12"/>
+      <c r="Q1" s="12"/>
+      <c r="R1" s="12"/>
     </row>
     <row r="2" spans="1:18" ht="18" customHeight="1" x14ac:dyDescent="0.45">
-      <c r="A2" s="19" t="s">
+      <c r="A2" s="13" t="s">
         <v>72</v>
       </c>
-      <c r="B2" s="19"/>
-[...15 lines deleted...]
-      <c r="R2" s="19"/>
+      <c r="B2" s="13"/>
+      <c r="C2" s="13"/>
+      <c r="D2" s="13"/>
+      <c r="E2" s="13"/>
+      <c r="F2" s="13"/>
+      <c r="G2" s="13"/>
+      <c r="H2" s="13"/>
+      <c r="I2" s="13"/>
+      <c r="J2" s="13"/>
+      <c r="K2" s="13"/>
+      <c r="L2" s="13"/>
+      <c r="M2" s="13"/>
+      <c r="N2" s="13"/>
+      <c r="O2" s="13"/>
+      <c r="P2" s="13"/>
+      <c r="Q2" s="13"/>
+      <c r="R2" s="13"/>
     </row>
     <row r="3" spans="1:18" ht="48" customHeight="1" x14ac:dyDescent="0.45">
-      <c r="A3" s="19" t="s">
-[...18 lines deleted...]
-      <c r="R3" s="19"/>
+      <c r="A3" s="13" t="s">
+        <v>158</v>
+      </c>
+      <c r="B3" s="13"/>
+      <c r="C3" s="13"/>
+      <c r="D3" s="13"/>
+      <c r="E3" s="13"/>
+      <c r="F3" s="13"/>
+      <c r="G3" s="13"/>
+      <c r="H3" s="13"/>
+      <c r="I3" s="13"/>
+      <c r="J3" s="13"/>
+      <c r="K3" s="13"/>
+      <c r="L3" s="13"/>
+      <c r="M3" s="13"/>
+      <c r="N3" s="13"/>
+      <c r="O3" s="13"/>
+      <c r="P3" s="13"/>
+      <c r="Q3" s="13"/>
+      <c r="R3" s="13"/>
     </row>
     <row r="4" spans="1:18" ht="18" customHeight="1" x14ac:dyDescent="0.45">
-      <c r="A4" s="19" t="s">
+      <c r="A4" s="13" t="s">
         <v>9</v>
       </c>
-      <c r="B4" s="19"/>
-[...15 lines deleted...]
-      <c r="R4" s="19"/>
+      <c r="B4" s="13"/>
+      <c r="C4" s="13"/>
+      <c r="D4" s="13"/>
+      <c r="E4" s="13"/>
+      <c r="F4" s="13"/>
+      <c r="G4" s="13"/>
+      <c r="H4" s="13"/>
+      <c r="I4" s="13"/>
+      <c r="J4" s="13"/>
+      <c r="K4" s="13"/>
+      <c r="L4" s="13"/>
+      <c r="M4" s="13"/>
+      <c r="N4" s="13"/>
+      <c r="O4" s="13"/>
+      <c r="P4" s="13"/>
+      <c r="Q4" s="13"/>
+      <c r="R4" s="13"/>
     </row>
     <row r="5" spans="1:18" ht="16" x14ac:dyDescent="0.45">
-      <c r="A5" s="20" t="s">
+      <c r="A5" s="14" t="s">
         <v>10</v>
       </c>
-      <c r="B5" s="20"/>
-      <c r="C5" s="20"/>
+      <c r="B5" s="14"/>
+      <c r="C5" s="14"/>
     </row>
     <row r="7" spans="1:18" ht="16" x14ac:dyDescent="0.45">
       <c r="B7" s="2" t="s">
         <v>11</v>
       </c>
-      <c r="C7" s="11" t="s">
+      <c r="C7" s="20" t="s">
         <v>74</v>
       </c>
-      <c r="D7" s="11"/>
-[...3 lines deleted...]
-      <c r="H7" s="11"/>
+      <c r="D7" s="20"/>
+      <c r="E7" s="20"/>
+      <c r="F7" s="20"/>
+      <c r="G7" s="20"/>
+      <c r="H7" s="20"/>
       <c r="J7" s="5" t="s">
         <v>11</v>
       </c>
-      <c r="K7" s="14" t="s">
+      <c r="K7" s="16" t="s">
         <v>76</v>
       </c>
-      <c r="L7" s="14"/>
-[...3 lines deleted...]
-      <c r="P7" s="14"/>
+      <c r="L7" s="16"/>
+      <c r="M7" s="16"/>
+      <c r="N7" s="16"/>
+      <c r="O7" s="16"/>
+      <c r="P7" s="16"/>
     </row>
     <row r="8" spans="1:18" ht="18" customHeight="1" x14ac:dyDescent="0.35">
-      <c r="B8" s="12" t="s">
+      <c r="B8" s="10" t="s">
         <v>11</v>
       </c>
-      <c r="C8" s="13" t="s">
+      <c r="C8" s="11" t="s">
         <v>66</v>
       </c>
-      <c r="D8" s="13"/>
-      <c r="E8" s="13" t="s">
+      <c r="D8" s="11"/>
+      <c r="E8" s="11" t="s">
         <v>75</v>
       </c>
-      <c r="F8" s="13"/>
-      <c r="G8" s="13" t="s">
+      <c r="F8" s="11"/>
+      <c r="G8" s="11" t="s">
         <v>49</v>
       </c>
-      <c r="H8" s="13"/>
-      <c r="J8" s="15" t="s">
+      <c r="H8" s="11"/>
+      <c r="J8" s="17" t="s">
         <v>11</v>
       </c>
-      <c r="K8" s="16" t="s">
+      <c r="K8" s="18" t="s">
         <v>54</v>
       </c>
-      <c r="L8" s="16"/>
-      <c r="M8" s="16" t="s">
+      <c r="L8" s="18"/>
+      <c r="M8" s="18" t="s">
         <v>53</v>
       </c>
-      <c r="N8" s="16"/>
-      <c r="O8" s="16" t="s">
+      <c r="N8" s="18"/>
+      <c r="O8" s="18" t="s">
         <v>52</v>
       </c>
-      <c r="P8" s="16"/>
+      <c r="P8" s="18"/>
     </row>
     <row r="9" spans="1:18" ht="18" customHeight="1" x14ac:dyDescent="0.35">
-      <c r="B9" s="12"/>
-[...12 lines deleted...]
-      <c r="P9" s="16"/>
+      <c r="B9" s="10"/>
+      <c r="C9" s="11"/>
+      <c r="D9" s="11"/>
+      <c r="E9" s="11"/>
+      <c r="F9" s="11"/>
+      <c r="G9" s="11"/>
+      <c r="H9" s="11"/>
+      <c r="J9" s="17"/>
+      <c r="K9" s="18"/>
+      <c r="L9" s="18"/>
+      <c r="M9" s="18"/>
+      <c r="N9" s="18"/>
+      <c r="O9" s="18"/>
+      <c r="P9" s="18"/>
     </row>
     <row r="10" spans="1:18" ht="20.149999999999999" customHeight="1" x14ac:dyDescent="0.45">
       <c r="B10" s="2" t="s">
         <v>11</v>
       </c>
-      <c r="C10" s="10" t="s">
+      <c r="C10" s="15" t="s">
         <v>16</v>
       </c>
-      <c r="D10" s="10"/>
-[...3 lines deleted...]
-      <c r="H10" s="10"/>
+      <c r="D10" s="15"/>
+      <c r="E10" s="15"/>
+      <c r="F10" s="15"/>
+      <c r="G10" s="15"/>
+      <c r="H10" s="15"/>
       <c r="J10" s="5" t="s">
         <v>11</v>
       </c>
-      <c r="K10" s="17" t="s">
+      <c r="K10" s="19" t="s">
         <v>16</v>
       </c>
-      <c r="L10" s="17"/>
-[...3 lines deleted...]
-      <c r="P10" s="17"/>
+      <c r="L10" s="19"/>
+      <c r="M10" s="19"/>
+      <c r="N10" s="19"/>
+      <c r="O10" s="19"/>
+      <c r="P10" s="19"/>
     </row>
     <row r="11" spans="1:18" ht="32" x14ac:dyDescent="0.45">
       <c r="B11" s="2" t="s">
         <v>11</v>
       </c>
       <c r="C11" s="6" t="s">
         <v>17</v>
       </c>
       <c r="D11" s="6" t="s">
         <v>18</v>
       </c>
       <c r="E11" s="6" t="s">
         <v>17</v>
       </c>
       <c r="F11" s="6" t="s">
         <v>18</v>
       </c>
       <c r="G11" s="6" t="s">
         <v>17</v>
       </c>
       <c r="H11" s="6" t="s">
         <v>18</v>
       </c>
       <c r="J11" s="5" t="s">
         <v>11</v>
@@ -11694,323 +11702,323 @@
       </c>
       <c r="J39" s="5" t="s">
         <v>46</v>
       </c>
       <c r="K39" s="5">
         <v>20</v>
       </c>
       <c r="L39" s="9">
         <v>5.0919999999999996</v>
       </c>
       <c r="M39" s="5">
         <v>11</v>
       </c>
       <c r="N39" s="9">
         <v>5.7948000000000004</v>
       </c>
       <c r="O39" s="5">
         <v>21</v>
       </c>
       <c r="P39" s="9">
         <v>7.0815000000000001</v>
       </c>
     </row>
   </sheetData>
   <mergeCells count="17">
+    <mergeCell ref="C10:H10"/>
+    <mergeCell ref="K7:P7"/>
+    <mergeCell ref="J8:J9"/>
+    <mergeCell ref="K8:L9"/>
+    <mergeCell ref="M8:N9"/>
+    <mergeCell ref="O8:P9"/>
+    <mergeCell ref="K10:P10"/>
+    <mergeCell ref="C7:H7"/>
     <mergeCell ref="B8:B9"/>
     <mergeCell ref="C8:D9"/>
     <mergeCell ref="E8:F9"/>
     <mergeCell ref="G8:H9"/>
     <mergeCell ref="A1:R1"/>
     <mergeCell ref="A2:R2"/>
     <mergeCell ref="A3:R3"/>
     <mergeCell ref="A4:R4"/>
     <mergeCell ref="A5:C5"/>
-    <mergeCell ref="C10:H10"/>
-[...6 lines deleted...]
-    <mergeCell ref="C7:H7"/>
   </mergeCells>
   <hyperlinks>
     <hyperlink ref="A5" location="'List of contents'!A1" display="Back to 'List of contents'" xr:uid="{00000000-0004-0000-0400-000000000000}"/>
   </hyperlinks>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
 </worksheet>
 </file>
 
 <file path=xl/worksheets/sheet5.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns:xr2="http://schemas.microsoft.com/office/spreadsheetml/2015/revision2" xmlns:xr3="http://schemas.microsoft.com/office/spreadsheetml/2016/revision3" mc:Ignorable="x14ac xr xr2 xr3" xr:uid="{00000000-0001-0000-0500-000000000000}">
   <dimension ref="A1:X27"/>
   <sheetViews>
     <sheetView workbookViewId="0">
       <pane ySplit="11" topLeftCell="A12" activePane="bottomLeft" state="frozen"/>
       <selection pane="bottomLeft" sqref="A1:R1"/>
     </sheetView>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="14.5" x14ac:dyDescent="0.35"/>
   <cols>
     <col min="1" max="100" width="10.7265625" customWidth="1"/>
   </cols>
   <sheetData>
     <row r="1" spans="1:24" ht="24" customHeight="1" x14ac:dyDescent="0.55000000000000004">
-      <c r="A1" s="18" t="s">
+      <c r="A1" s="12" t="s">
         <v>80</v>
       </c>
-      <c r="B1" s="18"/>
-[...15 lines deleted...]
-      <c r="R1" s="18"/>
+      <c r="B1" s="12"/>
+      <c r="C1" s="12"/>
+      <c r="D1" s="12"/>
+      <c r="E1" s="12"/>
+      <c r="F1" s="12"/>
+      <c r="G1" s="12"/>
+      <c r="H1" s="12"/>
+      <c r="I1" s="12"/>
+      <c r="J1" s="12"/>
+      <c r="K1" s="12"/>
+      <c r="L1" s="12"/>
+      <c r="M1" s="12"/>
+      <c r="N1" s="12"/>
+      <c r="O1" s="12"/>
+      <c r="P1" s="12"/>
+      <c r="Q1" s="12"/>
+      <c r="R1" s="12"/>
     </row>
     <row r="2" spans="1:24" ht="18" customHeight="1" x14ac:dyDescent="0.45">
-      <c r="A2" s="19" t="s">
+      <c r="A2" s="13" t="s">
         <v>79</v>
       </c>
-      <c r="B2" s="19"/>
-[...15 lines deleted...]
-      <c r="R2" s="19"/>
+      <c r="B2" s="13"/>
+      <c r="C2" s="13"/>
+      <c r="D2" s="13"/>
+      <c r="E2" s="13"/>
+      <c r="F2" s="13"/>
+      <c r="G2" s="13"/>
+      <c r="H2" s="13"/>
+      <c r="I2" s="13"/>
+      <c r="J2" s="13"/>
+      <c r="K2" s="13"/>
+      <c r="L2" s="13"/>
+      <c r="M2" s="13"/>
+      <c r="N2" s="13"/>
+      <c r="O2" s="13"/>
+      <c r="P2" s="13"/>
+      <c r="Q2" s="13"/>
+      <c r="R2" s="13"/>
     </row>
     <row r="3" spans="1:24" ht="33" customHeight="1" x14ac:dyDescent="0.45">
-      <c r="A3" s="19" t="s">
+      <c r="A3" s="13" t="s">
         <v>81</v>
       </c>
-      <c r="B3" s="19"/>
-[...15 lines deleted...]
-      <c r="R3" s="19"/>
+      <c r="B3" s="13"/>
+      <c r="C3" s="13"/>
+      <c r="D3" s="13"/>
+      <c r="E3" s="13"/>
+      <c r="F3" s="13"/>
+      <c r="G3" s="13"/>
+      <c r="H3" s="13"/>
+      <c r="I3" s="13"/>
+      <c r="J3" s="13"/>
+      <c r="K3" s="13"/>
+      <c r="L3" s="13"/>
+      <c r="M3" s="13"/>
+      <c r="N3" s="13"/>
+      <c r="O3" s="13"/>
+      <c r="P3" s="13"/>
+      <c r="Q3" s="13"/>
+      <c r="R3" s="13"/>
     </row>
     <row r="4" spans="1:24" ht="18" customHeight="1" x14ac:dyDescent="0.45">
-      <c r="A4" s="19" t="s">
+      <c r="A4" s="13" t="s">
         <v>9</v>
       </c>
-      <c r="B4" s="19"/>
-[...15 lines deleted...]
-      <c r="R4" s="19"/>
+      <c r="B4" s="13"/>
+      <c r="C4" s="13"/>
+      <c r="D4" s="13"/>
+      <c r="E4" s="13"/>
+      <c r="F4" s="13"/>
+      <c r="G4" s="13"/>
+      <c r="H4" s="13"/>
+      <c r="I4" s="13"/>
+      <c r="J4" s="13"/>
+      <c r="K4" s="13"/>
+      <c r="L4" s="13"/>
+      <c r="M4" s="13"/>
+      <c r="N4" s="13"/>
+      <c r="O4" s="13"/>
+      <c r="P4" s="13"/>
+      <c r="Q4" s="13"/>
+      <c r="R4" s="13"/>
     </row>
     <row r="5" spans="1:24" ht="16" x14ac:dyDescent="0.45">
-      <c r="A5" s="20" t="s">
+      <c r="A5" s="14" t="s">
         <v>10</v>
       </c>
-      <c r="B5" s="20"/>
-      <c r="C5" s="20"/>
+      <c r="B5" s="14"/>
+      <c r="C5" s="14"/>
     </row>
     <row r="7" spans="1:24" ht="16" x14ac:dyDescent="0.45">
       <c r="B7" s="2" t="s">
         <v>11</v>
       </c>
-      <c r="C7" s="11" t="s">
+      <c r="C7" s="20" t="s">
         <v>82</v>
       </c>
-      <c r="D7" s="11"/>
-[...3 lines deleted...]
-      <c r="H7" s="11"/>
+      <c r="D7" s="20"/>
+      <c r="E7" s="20"/>
+      <c r="F7" s="20"/>
+      <c r="G7" s="20"/>
+      <c r="H7" s="20"/>
       <c r="J7" s="5" t="s">
         <v>11</v>
       </c>
-      <c r="K7" s="14" t="s">
+      <c r="K7" s="16" t="s">
         <v>68</v>
       </c>
-      <c r="L7" s="14"/>
-[...3 lines deleted...]
-      <c r="P7" s="14"/>
+      <c r="L7" s="16"/>
+      <c r="M7" s="16"/>
+      <c r="N7" s="16"/>
+      <c r="O7" s="16"/>
+      <c r="P7" s="16"/>
       <c r="R7" s="2" t="s">
         <v>11</v>
       </c>
-      <c r="S7" s="11" t="s">
+      <c r="S7" s="20" t="s">
         <v>86</v>
       </c>
-      <c r="T7" s="11"/>
-[...3 lines deleted...]
-      <c r="X7" s="11"/>
+      <c r="T7" s="20"/>
+      <c r="U7" s="20"/>
+      <c r="V7" s="20"/>
+      <c r="W7" s="20"/>
+      <c r="X7" s="20"/>
     </row>
     <row r="8" spans="1:24" ht="18" customHeight="1" x14ac:dyDescent="0.35">
-      <c r="B8" s="12" t="s">
+      <c r="B8" s="10" t="s">
         <v>11</v>
       </c>
-      <c r="C8" s="13" t="s">
+      <c r="C8" s="11" t="s">
         <v>13</v>
       </c>
-      <c r="D8" s="13"/>
-      <c r="E8" s="13" t="s">
+      <c r="D8" s="11"/>
+      <c r="E8" s="11" t="s">
         <v>83</v>
       </c>
-      <c r="F8" s="13"/>
-      <c r="G8" s="13" t="s">
+      <c r="F8" s="11"/>
+      <c r="G8" s="11" t="s">
         <v>84</v>
       </c>
-      <c r="H8" s="13"/>
-      <c r="J8" s="15" t="s">
+      <c r="H8" s="11"/>
+      <c r="J8" s="17" t="s">
         <v>11</v>
       </c>
-      <c r="K8" s="16" t="s">
+      <c r="K8" s="18" t="s">
         <v>13</v>
       </c>
-      <c r="L8" s="16"/>
-      <c r="M8" s="16" t="s">
+      <c r="L8" s="18"/>
+      <c r="M8" s="18" t="s">
         <v>83</v>
       </c>
-      <c r="N8" s="16"/>
-      <c r="O8" s="16" t="s">
+      <c r="N8" s="18"/>
+      <c r="O8" s="18" t="s">
         <v>84</v>
       </c>
-      <c r="P8" s="16"/>
-      <c r="R8" s="12" t="s">
+      <c r="P8" s="18"/>
+      <c r="R8" s="10" t="s">
         <v>11</v>
       </c>
-      <c r="S8" s="13" t="s">
+      <c r="S8" s="11" t="s">
         <v>13</v>
       </c>
-      <c r="T8" s="13"/>
-      <c r="U8" s="13" t="s">
+      <c r="T8" s="11"/>
+      <c r="U8" s="11" t="s">
         <v>83</v>
       </c>
-      <c r="V8" s="13"/>
-      <c r="W8" s="13" t="s">
+      <c r="V8" s="11"/>
+      <c r="W8" s="11" t="s">
         <v>84</v>
       </c>
-      <c r="X8" s="13"/>
+      <c r="X8" s="11"/>
     </row>
     <row r="9" spans="1:24" ht="18" customHeight="1" x14ac:dyDescent="0.35">
-      <c r="B9" s="12"/>
-[...19 lines deleted...]
-      <c r="X9" s="13"/>
+      <c r="B9" s="10"/>
+      <c r="C9" s="11"/>
+      <c r="D9" s="11"/>
+      <c r="E9" s="11"/>
+      <c r="F9" s="11"/>
+      <c r="G9" s="11"/>
+      <c r="H9" s="11"/>
+      <c r="J9" s="17"/>
+      <c r="K9" s="18"/>
+      <c r="L9" s="18"/>
+      <c r="M9" s="18"/>
+      <c r="N9" s="18"/>
+      <c r="O9" s="18"/>
+      <c r="P9" s="18"/>
+      <c r="R9" s="10"/>
+      <c r="S9" s="11"/>
+      <c r="T9" s="11"/>
+      <c r="U9" s="11"/>
+      <c r="V9" s="11"/>
+      <c r="W9" s="11"/>
+      <c r="X9" s="11"/>
     </row>
     <row r="10" spans="1:24" ht="20.149999999999999" customHeight="1" x14ac:dyDescent="0.45">
       <c r="B10" s="2" t="s">
         <v>11</v>
       </c>
-      <c r="C10" s="10" t="s">
+      <c r="C10" s="15" t="s">
         <v>85</v>
       </c>
-      <c r="D10" s="10"/>
-[...3 lines deleted...]
-      <c r="H10" s="10"/>
+      <c r="D10" s="15"/>
+      <c r="E10" s="15"/>
+      <c r="F10" s="15"/>
+      <c r="G10" s="15"/>
+      <c r="H10" s="15"/>
       <c r="J10" s="5" t="s">
         <v>11</v>
       </c>
-      <c r="K10" s="17" t="s">
+      <c r="K10" s="19" t="s">
         <v>85</v>
       </c>
-      <c r="L10" s="17"/>
-[...3 lines deleted...]
-      <c r="P10" s="17"/>
+      <c r="L10" s="19"/>
+      <c r="M10" s="19"/>
+      <c r="N10" s="19"/>
+      <c r="O10" s="19"/>
+      <c r="P10" s="19"/>
       <c r="R10" s="2" t="s">
         <v>11</v>
       </c>
-      <c r="S10" s="10" t="s">
+      <c r="S10" s="15" t="s">
         <v>85</v>
       </c>
-      <c r="T10" s="10"/>
-[...3 lines deleted...]
-      <c r="X10" s="10"/>
+      <c r="T10" s="15"/>
+      <c r="U10" s="15"/>
+      <c r="V10" s="15"/>
+      <c r="W10" s="15"/>
+      <c r="X10" s="15"/>
     </row>
     <row r="11" spans="1:24" ht="32" x14ac:dyDescent="0.45">
       <c r="B11" s="2" t="s">
         <v>11</v>
       </c>
       <c r="C11" s="6" t="s">
         <v>17</v>
       </c>
       <c r="D11" s="6" t="s">
         <v>18</v>
       </c>
       <c r="E11" s="6" t="s">
         <v>17</v>
       </c>
       <c r="F11" s="6" t="s">
         <v>18</v>
       </c>
       <c r="G11" s="6" t="s">
         <v>17</v>
       </c>
       <c r="H11" s="6" t="s">
         <v>18</v>
       </c>
       <c r="J11" s="5" t="s">
         <v>11</v>
@@ -13075,341 +13083,341 @@
       </c>
       <c r="R27" s="2" t="s">
         <v>46</v>
       </c>
       <c r="S27" s="2">
         <v>46</v>
       </c>
       <c r="T27" s="8">
         <v>0</v>
       </c>
       <c r="U27" s="2">
         <v>46</v>
       </c>
       <c r="V27" s="8">
         <v>0</v>
       </c>
       <c r="W27" s="2">
         <v>46</v>
       </c>
       <c r="X27" s="8">
         <v>0</v>
       </c>
     </row>
   </sheetData>
   <mergeCells count="23">
+    <mergeCell ref="S10:X10"/>
+    <mergeCell ref="S7:X7"/>
+    <mergeCell ref="R8:R9"/>
+    <mergeCell ref="S8:T9"/>
+    <mergeCell ref="U8:V9"/>
+    <mergeCell ref="W8:X9"/>
+    <mergeCell ref="C10:H10"/>
+    <mergeCell ref="K7:P7"/>
+    <mergeCell ref="J8:J9"/>
+    <mergeCell ref="K8:L9"/>
+    <mergeCell ref="M8:N9"/>
+    <mergeCell ref="O8:P9"/>
+    <mergeCell ref="K10:P10"/>
+    <mergeCell ref="C7:H7"/>
     <mergeCell ref="B8:B9"/>
     <mergeCell ref="C8:D9"/>
     <mergeCell ref="E8:F9"/>
     <mergeCell ref="G8:H9"/>
     <mergeCell ref="A1:R1"/>
     <mergeCell ref="A2:R2"/>
     <mergeCell ref="A3:R3"/>
     <mergeCell ref="A4:R4"/>
     <mergeCell ref="A5:C5"/>
-    <mergeCell ref="C10:H10"/>
-[...12 lines deleted...]
-    <mergeCell ref="W8:X9"/>
   </mergeCells>
   <hyperlinks>
     <hyperlink ref="A5" location="'List of contents'!A1" display="Back to 'List of contents'" xr:uid="{00000000-0004-0000-0500-000000000000}"/>
   </hyperlinks>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
 </worksheet>
 </file>
 
 <file path=xl/worksheets/sheet6.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns:xr2="http://schemas.microsoft.com/office/spreadsheetml/2015/revision2" xmlns:xr3="http://schemas.microsoft.com/office/spreadsheetml/2016/revision3" mc:Ignorable="x14ac xr xr2 xr3" xr:uid="{00000000-0001-0000-0600-000000000000}">
   <dimension ref="A1:Z39"/>
   <sheetViews>
     <sheetView workbookViewId="0">
       <pane ySplit="11" topLeftCell="A12" activePane="bottomLeft" state="frozen"/>
       <selection pane="bottomLeft" sqref="A1:R1"/>
     </sheetView>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="14.5" x14ac:dyDescent="0.35"/>
   <cols>
     <col min="1" max="100" width="10.7265625" customWidth="1"/>
   </cols>
   <sheetData>
     <row r="1" spans="1:26" ht="24" customHeight="1" x14ac:dyDescent="0.55000000000000004">
-      <c r="A1" s="18" t="s">
+      <c r="A1" s="12" t="s">
         <v>89</v>
       </c>
-      <c r="B1" s="18"/>
-[...15 lines deleted...]
-      <c r="R1" s="18"/>
+      <c r="B1" s="12"/>
+      <c r="C1" s="12"/>
+      <c r="D1" s="12"/>
+      <c r="E1" s="12"/>
+      <c r="F1" s="12"/>
+      <c r="G1" s="12"/>
+      <c r="H1" s="12"/>
+      <c r="I1" s="12"/>
+      <c r="J1" s="12"/>
+      <c r="K1" s="12"/>
+      <c r="L1" s="12"/>
+      <c r="M1" s="12"/>
+      <c r="N1" s="12"/>
+      <c r="O1" s="12"/>
+      <c r="P1" s="12"/>
+      <c r="Q1" s="12"/>
+      <c r="R1" s="12"/>
     </row>
     <row r="2" spans="1:26" ht="18" customHeight="1" x14ac:dyDescent="0.45">
-      <c r="A2" s="19" t="s">
+      <c r="A2" s="13" t="s">
         <v>72</v>
       </c>
-      <c r="B2" s="19"/>
-[...15 lines deleted...]
-      <c r="R2" s="19"/>
+      <c r="B2" s="13"/>
+      <c r="C2" s="13"/>
+      <c r="D2" s="13"/>
+      <c r="E2" s="13"/>
+      <c r="F2" s="13"/>
+      <c r="G2" s="13"/>
+      <c r="H2" s="13"/>
+      <c r="I2" s="13"/>
+      <c r="J2" s="13"/>
+      <c r="K2" s="13"/>
+      <c r="L2" s="13"/>
+      <c r="M2" s="13"/>
+      <c r="N2" s="13"/>
+      <c r="O2" s="13"/>
+      <c r="P2" s="13"/>
+      <c r="Q2" s="13"/>
+      <c r="R2" s="13"/>
     </row>
     <row r="3" spans="1:26" ht="18" customHeight="1" x14ac:dyDescent="0.45">
-      <c r="A3" s="19" t="s">
+      <c r="A3" s="13" t="s">
         <v>90</v>
       </c>
-      <c r="B3" s="19"/>
-[...15 lines deleted...]
-      <c r="R3" s="19"/>
+      <c r="B3" s="13"/>
+      <c r="C3" s="13"/>
+      <c r="D3" s="13"/>
+      <c r="E3" s="13"/>
+      <c r="F3" s="13"/>
+      <c r="G3" s="13"/>
+      <c r="H3" s="13"/>
+      <c r="I3" s="13"/>
+      <c r="J3" s="13"/>
+      <c r="K3" s="13"/>
+      <c r="L3" s="13"/>
+      <c r="M3" s="13"/>
+      <c r="N3" s="13"/>
+      <c r="O3" s="13"/>
+      <c r="P3" s="13"/>
+      <c r="Q3" s="13"/>
+      <c r="R3" s="13"/>
     </row>
     <row r="4" spans="1:26" ht="18" customHeight="1" x14ac:dyDescent="0.45">
-      <c r="A4" s="19" t="s">
+      <c r="A4" s="13" t="s">
         <v>9</v>
       </c>
-      <c r="B4" s="19"/>
-[...15 lines deleted...]
-      <c r="R4" s="19"/>
+      <c r="B4" s="13"/>
+      <c r="C4" s="13"/>
+      <c r="D4" s="13"/>
+      <c r="E4" s="13"/>
+      <c r="F4" s="13"/>
+      <c r="G4" s="13"/>
+      <c r="H4" s="13"/>
+      <c r="I4" s="13"/>
+      <c r="J4" s="13"/>
+      <c r="K4" s="13"/>
+      <c r="L4" s="13"/>
+      <c r="M4" s="13"/>
+      <c r="N4" s="13"/>
+      <c r="O4" s="13"/>
+      <c r="P4" s="13"/>
+      <c r="Q4" s="13"/>
+      <c r="R4" s="13"/>
     </row>
     <row r="5" spans="1:26" ht="16" x14ac:dyDescent="0.45">
-      <c r="A5" s="20" t="s">
+      <c r="A5" s="14" t="s">
         <v>10</v>
       </c>
-      <c r="B5" s="20"/>
-      <c r="C5" s="20"/>
+      <c r="B5" s="14"/>
+      <c r="C5" s="14"/>
     </row>
     <row r="7" spans="1:26" ht="16" x14ac:dyDescent="0.45">
       <c r="B7" s="2" t="s">
         <v>11</v>
       </c>
-      <c r="C7" s="11" t="s">
+      <c r="C7" s="20" t="s">
         <v>91</v>
       </c>
-      <c r="D7" s="11"/>
-[...3 lines deleted...]
-      <c r="H7" s="11"/>
+      <c r="D7" s="20"/>
+      <c r="E7" s="20"/>
+      <c r="F7" s="20"/>
+      <c r="G7" s="20"/>
+      <c r="H7" s="20"/>
       <c r="J7" s="5" t="s">
         <v>11</v>
       </c>
-      <c r="K7" s="14" t="s">
+      <c r="K7" s="16" t="s">
         <v>92</v>
       </c>
-      <c r="L7" s="14"/>
-[...3 lines deleted...]
-      <c r="P7" s="14"/>
+      <c r="L7" s="16"/>
+      <c r="M7" s="16"/>
+      <c r="N7" s="16"/>
+      <c r="O7" s="16"/>
+      <c r="P7" s="16"/>
       <c r="R7" s="2" t="s">
         <v>11</v>
       </c>
-      <c r="S7" s="11" t="s">
+      <c r="S7" s="20" t="s">
         <v>93</v>
       </c>
-      <c r="T7" s="11"/>
-[...5 lines deleted...]
-      <c r="Z7" s="11"/>
+      <c r="T7" s="20"/>
+      <c r="U7" s="20"/>
+      <c r="V7" s="20"/>
+      <c r="W7" s="20"/>
+      <c r="X7" s="20"/>
+      <c r="Y7" s="20"/>
+      <c r="Z7" s="20"/>
     </row>
     <row r="8" spans="1:26" ht="18" customHeight="1" x14ac:dyDescent="0.35">
-      <c r="B8" s="12" t="s">
+      <c r="B8" s="10" t="s">
         <v>11</v>
       </c>
-      <c r="C8" s="13" t="s">
+      <c r="C8" s="11" t="s">
         <v>13</v>
       </c>
-      <c r="D8" s="13"/>
-      <c r="E8" s="13" t="s">
+      <c r="D8" s="11"/>
+      <c r="E8" s="11" t="s">
         <v>83</v>
       </c>
-      <c r="F8" s="13"/>
-      <c r="G8" s="13" t="s">
+      <c r="F8" s="11"/>
+      <c r="G8" s="11" t="s">
         <v>84</v>
       </c>
-      <c r="H8" s="13"/>
-      <c r="J8" s="15" t="s">
+      <c r="H8" s="11"/>
+      <c r="J8" s="17" t="s">
         <v>11</v>
       </c>
-      <c r="K8" s="16" t="s">
+      <c r="K8" s="18" t="s">
         <v>52</v>
       </c>
-      <c r="L8" s="16"/>
-      <c r="M8" s="16" t="s">
+      <c r="L8" s="18"/>
+      <c r="M8" s="18" t="s">
         <v>54</v>
       </c>
-      <c r="N8" s="16"/>
-      <c r="O8" s="16" t="s">
+      <c r="N8" s="18"/>
+      <c r="O8" s="18" t="s">
         <v>53</v>
       </c>
-      <c r="P8" s="16"/>
-      <c r="R8" s="12" t="s">
+      <c r="P8" s="18"/>
+      <c r="R8" s="10" t="s">
         <v>11</v>
       </c>
-      <c r="S8" s="13" t="s">
+      <c r="S8" s="11" t="s">
         <v>94</v>
       </c>
-      <c r="T8" s="13"/>
-      <c r="U8" s="13" t="s">
+      <c r="T8" s="11"/>
+      <c r="U8" s="11" t="s">
         <v>95</v>
       </c>
-      <c r="V8" s="13"/>
-      <c r="W8" s="13" t="s">
+      <c r="V8" s="11"/>
+      <c r="W8" s="11" t="s">
         <v>96</v>
       </c>
-      <c r="X8" s="13"/>
-      <c r="Y8" s="13" t="s">
+      <c r="X8" s="11"/>
+      <c r="Y8" s="11" t="s">
         <v>97</v>
       </c>
-      <c r="Z8" s="13"/>
+      <c r="Z8" s="11"/>
     </row>
     <row r="9" spans="1:26" ht="18" customHeight="1" x14ac:dyDescent="0.35">
-      <c r="B9" s="12"/>
-[...21 lines deleted...]
-      <c r="Z9" s="13"/>
+      <c r="B9" s="10"/>
+      <c r="C9" s="11"/>
+      <c r="D9" s="11"/>
+      <c r="E9" s="11"/>
+      <c r="F9" s="11"/>
+      <c r="G9" s="11"/>
+      <c r="H9" s="11"/>
+      <c r="J9" s="17"/>
+      <c r="K9" s="18"/>
+      <c r="L9" s="18"/>
+      <c r="M9" s="18"/>
+      <c r="N9" s="18"/>
+      <c r="O9" s="18"/>
+      <c r="P9" s="18"/>
+      <c r="R9" s="10"/>
+      <c r="S9" s="11"/>
+      <c r="T9" s="11"/>
+      <c r="U9" s="11"/>
+      <c r="V9" s="11"/>
+      <c r="W9" s="11"/>
+      <c r="X9" s="11"/>
+      <c r="Y9" s="11"/>
+      <c r="Z9" s="11"/>
     </row>
     <row r="10" spans="1:26" ht="20.149999999999999" customHeight="1" x14ac:dyDescent="0.45">
       <c r="B10" s="2" t="s">
         <v>11</v>
       </c>
-      <c r="C10" s="10" t="s">
+      <c r="C10" s="15" t="s">
         <v>85</v>
       </c>
-      <c r="D10" s="10"/>
-[...3 lines deleted...]
-      <c r="H10" s="10"/>
+      <c r="D10" s="15"/>
+      <c r="E10" s="15"/>
+      <c r="F10" s="15"/>
+      <c r="G10" s="15"/>
+      <c r="H10" s="15"/>
       <c r="J10" s="5" t="s">
         <v>11</v>
       </c>
-      <c r="K10" s="17" t="s">
+      <c r="K10" s="19" t="s">
         <v>85</v>
       </c>
-      <c r="L10" s="17"/>
-[...3 lines deleted...]
-      <c r="P10" s="17"/>
+      <c r="L10" s="19"/>
+      <c r="M10" s="19"/>
+      <c r="N10" s="19"/>
+      <c r="O10" s="19"/>
+      <c r="P10" s="19"/>
       <c r="R10" s="2" t="s">
         <v>11</v>
       </c>
-      <c r="S10" s="10" t="s">
+      <c r="S10" s="15" t="s">
         <v>11</v>
       </c>
-      <c r="T10" s="10"/>
-[...1 lines deleted...]
-      <c r="V10" s="10" t="s">
+      <c r="T10" s="15"/>
+      <c r="U10" s="15"/>
+      <c r="V10" s="15" t="s">
         <v>85</v>
       </c>
-      <c r="W10" s="10"/>
-[...2 lines deleted...]
-      <c r="Z10" s="10"/>
+      <c r="W10" s="15"/>
+      <c r="X10" s="15"/>
+      <c r="Y10" s="15"/>
+      <c r="Z10" s="15"/>
     </row>
     <row r="11" spans="1:26" ht="32" x14ac:dyDescent="0.45">
       <c r="B11" s="2" t="s">
         <v>11</v>
       </c>
       <c r="C11" s="6" t="s">
         <v>17</v>
       </c>
       <c r="D11" s="6" t="s">
         <v>18</v>
       </c>
       <c r="E11" s="6" t="s">
         <v>17</v>
       </c>
       <c r="F11" s="6" t="s">
         <v>18</v>
       </c>
       <c r="G11" s="6" t="s">
         <v>17</v>
       </c>
       <c r="H11" s="6" t="s">
         <v>18</v>
       </c>
       <c r="J11" s="5" t="s">
         <v>11</v>
@@ -15428,367 +15436,367 @@
       </c>
       <c r="T39" s="8">
         <v>39.647399999999998</v>
       </c>
       <c r="U39" s="2">
         <v>65</v>
       </c>
       <c r="V39" s="8">
         <v>245.113</v>
       </c>
       <c r="W39" s="2">
         <v>65</v>
       </c>
       <c r="X39" s="8">
         <v>85.009950000000003</v>
       </c>
       <c r="Y39" s="2">
         <v>65</v>
       </c>
       <c r="Z39" s="8">
         <v>24.173400000000001</v>
       </c>
     </row>
   </sheetData>
   <mergeCells count="25">
+    <mergeCell ref="S10:U10"/>
+    <mergeCell ref="V10:Z10"/>
+    <mergeCell ref="S7:Z7"/>
+    <mergeCell ref="R8:R9"/>
+    <mergeCell ref="S8:T9"/>
+    <mergeCell ref="U8:V9"/>
+    <mergeCell ref="W8:X9"/>
+    <mergeCell ref="Y8:Z9"/>
+    <mergeCell ref="C10:H10"/>
+    <mergeCell ref="K7:P7"/>
+    <mergeCell ref="J8:J9"/>
+    <mergeCell ref="K8:L9"/>
+    <mergeCell ref="M8:N9"/>
+    <mergeCell ref="O8:P9"/>
+    <mergeCell ref="K10:P10"/>
+    <mergeCell ref="C7:H7"/>
     <mergeCell ref="B8:B9"/>
     <mergeCell ref="C8:D9"/>
     <mergeCell ref="E8:F9"/>
     <mergeCell ref="G8:H9"/>
     <mergeCell ref="A1:R1"/>
     <mergeCell ref="A2:R2"/>
     <mergeCell ref="A3:R3"/>
     <mergeCell ref="A4:R4"/>
     <mergeCell ref="A5:C5"/>
-    <mergeCell ref="C10:H10"/>
-[...14 lines deleted...]
-    <mergeCell ref="Y8:Z9"/>
   </mergeCells>
   <hyperlinks>
     <hyperlink ref="A5" location="'List of contents'!A1" display="Back to 'List of contents'" xr:uid="{00000000-0004-0000-0600-000000000000}"/>
   </hyperlinks>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
 </worksheet>
 </file>
 
 <file path=xl/worksheets/sheet7.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns:xr2="http://schemas.microsoft.com/office/spreadsheetml/2015/revision2" xmlns:xr3="http://schemas.microsoft.com/office/spreadsheetml/2016/revision3" mc:Ignorable="x14ac xr xr2 xr3" xr:uid="{00000000-0001-0000-0700-000000000000}">
   <dimension ref="A1:AD39"/>
   <sheetViews>
     <sheetView workbookViewId="0">
       <pane ySplit="11" topLeftCell="A12" activePane="bottomLeft" state="frozen"/>
       <selection pane="bottomLeft" sqref="A1:R1"/>
     </sheetView>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="14.5" x14ac:dyDescent="0.35"/>
   <cols>
     <col min="1" max="100" width="10.7265625" customWidth="1"/>
   </cols>
   <sheetData>
     <row r="1" spans="1:30" ht="24" customHeight="1" x14ac:dyDescent="0.55000000000000004">
-      <c r="A1" s="18" t="s">
+      <c r="A1" s="12" t="s">
         <v>101</v>
       </c>
-      <c r="B1" s="18"/>
-[...15 lines deleted...]
-      <c r="R1" s="18"/>
+      <c r="B1" s="12"/>
+      <c r="C1" s="12"/>
+      <c r="D1" s="12"/>
+      <c r="E1" s="12"/>
+      <c r="F1" s="12"/>
+      <c r="G1" s="12"/>
+      <c r="H1" s="12"/>
+      <c r="I1" s="12"/>
+      <c r="J1" s="12"/>
+      <c r="K1" s="12"/>
+      <c r="L1" s="12"/>
+      <c r="M1" s="12"/>
+      <c r="N1" s="12"/>
+      <c r="O1" s="12"/>
+      <c r="P1" s="12"/>
+      <c r="Q1" s="12"/>
+      <c r="R1" s="12"/>
     </row>
     <row r="2" spans="1:30" ht="18" customHeight="1" x14ac:dyDescent="0.45">
-      <c r="A2" s="19" t="s">
+      <c r="A2" s="13" t="s">
         <v>100</v>
       </c>
-      <c r="B2" s="19"/>
-[...15 lines deleted...]
-      <c r="R2" s="19"/>
+      <c r="B2" s="13"/>
+      <c r="C2" s="13"/>
+      <c r="D2" s="13"/>
+      <c r="E2" s="13"/>
+      <c r="F2" s="13"/>
+      <c r="G2" s="13"/>
+      <c r="H2" s="13"/>
+      <c r="I2" s="13"/>
+      <c r="J2" s="13"/>
+      <c r="K2" s="13"/>
+      <c r="L2" s="13"/>
+      <c r="M2" s="13"/>
+      <c r="N2" s="13"/>
+      <c r="O2" s="13"/>
+      <c r="P2" s="13"/>
+      <c r="Q2" s="13"/>
+      <c r="R2" s="13"/>
     </row>
     <row r="3" spans="1:30" ht="18" customHeight="1" x14ac:dyDescent="0.45">
-      <c r="A3" s="19" t="s">
+      <c r="A3" s="13" t="s">
         <v>102</v>
       </c>
-      <c r="B3" s="19"/>
-[...15 lines deleted...]
-      <c r="R3" s="19"/>
+      <c r="B3" s="13"/>
+      <c r="C3" s="13"/>
+      <c r="D3" s="13"/>
+      <c r="E3" s="13"/>
+      <c r="F3" s="13"/>
+      <c r="G3" s="13"/>
+      <c r="H3" s="13"/>
+      <c r="I3" s="13"/>
+      <c r="J3" s="13"/>
+      <c r="K3" s="13"/>
+      <c r="L3" s="13"/>
+      <c r="M3" s="13"/>
+      <c r="N3" s="13"/>
+      <c r="O3" s="13"/>
+      <c r="P3" s="13"/>
+      <c r="Q3" s="13"/>
+      <c r="R3" s="13"/>
     </row>
     <row r="4" spans="1:30" ht="18" customHeight="1" x14ac:dyDescent="0.45">
-      <c r="A4" s="19" t="s">
+      <c r="A4" s="13" t="s">
         <v>9</v>
       </c>
-      <c r="B4" s="19"/>
-[...15 lines deleted...]
-      <c r="R4" s="19"/>
+      <c r="B4" s="13"/>
+      <c r="C4" s="13"/>
+      <c r="D4" s="13"/>
+      <c r="E4" s="13"/>
+      <c r="F4" s="13"/>
+      <c r="G4" s="13"/>
+      <c r="H4" s="13"/>
+      <c r="I4" s="13"/>
+      <c r="J4" s="13"/>
+      <c r="K4" s="13"/>
+      <c r="L4" s="13"/>
+      <c r="M4" s="13"/>
+      <c r="N4" s="13"/>
+      <c r="O4" s="13"/>
+      <c r="P4" s="13"/>
+      <c r="Q4" s="13"/>
+      <c r="R4" s="13"/>
     </row>
     <row r="5" spans="1:30" ht="16" x14ac:dyDescent="0.45">
-      <c r="A5" s="20" t="s">
+      <c r="A5" s="14" t="s">
         <v>10</v>
       </c>
-      <c r="B5" s="20"/>
-      <c r="C5" s="20"/>
+      <c r="B5" s="14"/>
+      <c r="C5" s="14"/>
     </row>
     <row r="7" spans="1:30" ht="16" x14ac:dyDescent="0.45">
       <c r="B7" s="2" t="s">
         <v>11</v>
       </c>
-      <c r="C7" s="11" t="s">
+      <c r="C7" s="20" t="s">
         <v>54</v>
       </c>
-      <c r="D7" s="11"/>
-[...5 lines deleted...]
-      <c r="J7" s="11"/>
+      <c r="D7" s="20"/>
+      <c r="E7" s="20"/>
+      <c r="F7" s="20"/>
+      <c r="G7" s="20"/>
+      <c r="H7" s="20"/>
+      <c r="I7" s="20"/>
+      <c r="J7" s="20"/>
       <c r="L7" s="5" t="s">
         <v>11</v>
       </c>
-      <c r="M7" s="14" t="s">
+      <c r="M7" s="16" t="s">
         <v>53</v>
       </c>
-      <c r="N7" s="14"/>
-[...5 lines deleted...]
-      <c r="T7" s="14"/>
+      <c r="N7" s="16"/>
+      <c r="O7" s="16"/>
+      <c r="P7" s="16"/>
+      <c r="Q7" s="16"/>
+      <c r="R7" s="16"/>
+      <c r="S7" s="16"/>
+      <c r="T7" s="16"/>
       <c r="V7" s="2" t="s">
         <v>11</v>
       </c>
-      <c r="W7" s="11" t="s">
+      <c r="W7" s="20" t="s">
         <v>52</v>
       </c>
-      <c r="X7" s="11"/>
-[...5 lines deleted...]
-      <c r="AD7" s="11"/>
+      <c r="X7" s="20"/>
+      <c r="Y7" s="20"/>
+      <c r="Z7" s="20"/>
+      <c r="AA7" s="20"/>
+      <c r="AB7" s="20"/>
+      <c r="AC7" s="20"/>
+      <c r="AD7" s="20"/>
     </row>
     <row r="8" spans="1:30" ht="18" customHeight="1" x14ac:dyDescent="0.35">
-      <c r="B8" s="12" t="s">
+      <c r="B8" s="10" t="s">
         <v>11</v>
       </c>
-      <c r="C8" s="13" t="s">
+      <c r="C8" s="11" t="s">
         <v>94</v>
       </c>
-      <c r="D8" s="13"/>
-      <c r="E8" s="13" t="s">
+      <c r="D8" s="11"/>
+      <c r="E8" s="11" t="s">
         <v>95</v>
       </c>
-      <c r="F8" s="13"/>
-      <c r="G8" s="13" t="s">
+      <c r="F8" s="11"/>
+      <c r="G8" s="11" t="s">
         <v>96</v>
       </c>
-      <c r="H8" s="13"/>
-      <c r="I8" s="13" t="s">
+      <c r="H8" s="11"/>
+      <c r="I8" s="11" t="s">
         <v>97</v>
       </c>
-      <c r="J8" s="13"/>
-      <c r="L8" s="15" t="s">
+      <c r="J8" s="11"/>
+      <c r="L8" s="17" t="s">
         <v>11</v>
       </c>
-      <c r="M8" s="16" t="s">
+      <c r="M8" s="18" t="s">
         <v>94</v>
       </c>
-      <c r="N8" s="16"/>
-      <c r="O8" s="16" t="s">
+      <c r="N8" s="18"/>
+      <c r="O8" s="18" t="s">
         <v>95</v>
       </c>
-      <c r="P8" s="16"/>
-      <c r="Q8" s="16" t="s">
+      <c r="P8" s="18"/>
+      <c r="Q8" s="18" t="s">
         <v>96</v>
       </c>
-      <c r="R8" s="16"/>
-      <c r="S8" s="16" t="s">
+      <c r="R8" s="18"/>
+      <c r="S8" s="18" t="s">
         <v>97</v>
       </c>
-      <c r="T8" s="16"/>
-      <c r="V8" s="12" t="s">
+      <c r="T8" s="18"/>
+      <c r="V8" s="10" t="s">
         <v>11</v>
       </c>
-      <c r="W8" s="13" t="s">
+      <c r="W8" s="11" t="s">
         <v>94</v>
       </c>
-      <c r="X8" s="13"/>
-      <c r="Y8" s="13" t="s">
+      <c r="X8" s="11"/>
+      <c r="Y8" s="11" t="s">
         <v>95</v>
       </c>
-      <c r="Z8" s="13"/>
-      <c r="AA8" s="13" t="s">
+      <c r="Z8" s="11"/>
+      <c r="AA8" s="11" t="s">
         <v>96</v>
       </c>
-      <c r="AB8" s="13"/>
-      <c r="AC8" s="13" t="s">
+      <c r="AB8" s="11"/>
+      <c r="AC8" s="11" t="s">
         <v>97</v>
       </c>
-      <c r="AD8" s="13"/>
+      <c r="AD8" s="11"/>
     </row>
     <row r="9" spans="1:30" ht="18" customHeight="1" x14ac:dyDescent="0.35">
-      <c r="B9" s="12"/>
-[...25 lines deleted...]
-      <c r="AD9" s="13"/>
+      <c r="B9" s="10"/>
+      <c r="C9" s="11"/>
+      <c r="D9" s="11"/>
+      <c r="E9" s="11"/>
+      <c r="F9" s="11"/>
+      <c r="G9" s="11"/>
+      <c r="H9" s="11"/>
+      <c r="I9" s="11"/>
+      <c r="J9" s="11"/>
+      <c r="L9" s="17"/>
+      <c r="M9" s="18"/>
+      <c r="N9" s="18"/>
+      <c r="O9" s="18"/>
+      <c r="P9" s="18"/>
+      <c r="Q9" s="18"/>
+      <c r="R9" s="18"/>
+      <c r="S9" s="18"/>
+      <c r="T9" s="18"/>
+      <c r="V9" s="10"/>
+      <c r="W9" s="11"/>
+      <c r="X9" s="11"/>
+      <c r="Y9" s="11"/>
+      <c r="Z9" s="11"/>
+      <c r="AA9" s="11"/>
+      <c r="AB9" s="11"/>
+      <c r="AC9" s="11"/>
+      <c r="AD9" s="11"/>
     </row>
     <row r="10" spans="1:30" ht="20.149999999999999" customHeight="1" x14ac:dyDescent="0.45">
       <c r="B10" s="2" t="s">
         <v>11</v>
       </c>
-      <c r="C10" s="10" t="s">
+      <c r="C10" s="15" t="s">
         <v>16</v>
       </c>
-      <c r="D10" s="10"/>
-[...1 lines deleted...]
-      <c r="F10" s="10" t="s">
+      <c r="D10" s="15"/>
+      <c r="E10" s="15"/>
+      <c r="F10" s="15" t="s">
         <v>85</v>
       </c>
-      <c r="G10" s="10"/>
-[...2 lines deleted...]
-      <c r="J10" s="10"/>
+      <c r="G10" s="15"/>
+      <c r="H10" s="15"/>
+      <c r="I10" s="15"/>
+      <c r="J10" s="15"/>
       <c r="L10" s="5" t="s">
         <v>11</v>
       </c>
-      <c r="M10" s="17" t="s">
+      <c r="M10" s="19" t="s">
         <v>16</v>
       </c>
-      <c r="N10" s="17"/>
-[...1 lines deleted...]
-      <c r="P10" s="17" t="s">
+      <c r="N10" s="19"/>
+      <c r="O10" s="19"/>
+      <c r="P10" s="19" t="s">
         <v>85</v>
       </c>
-      <c r="Q10" s="17"/>
-[...2 lines deleted...]
-      <c r="T10" s="17"/>
+      <c r="Q10" s="19"/>
+      <c r="R10" s="19"/>
+      <c r="S10" s="19"/>
+      <c r="T10" s="19"/>
       <c r="V10" s="2" t="s">
         <v>11</v>
       </c>
-      <c r="W10" s="10" t="s">
+      <c r="W10" s="15" t="s">
         <v>16</v>
       </c>
-      <c r="X10" s="10"/>
-[...1 lines deleted...]
-      <c r="Z10" s="10" t="s">
+      <c r="X10" s="15"/>
+      <c r="Y10" s="15"/>
+      <c r="Z10" s="15" t="s">
         <v>85</v>
       </c>
-      <c r="AA10" s="10"/>
-[...2 lines deleted...]
-      <c r="AD10" s="10"/>
+      <c r="AA10" s="15"/>
+      <c r="AB10" s="15"/>
+      <c r="AC10" s="15"/>
+      <c r="AD10" s="15"/>
     </row>
     <row r="11" spans="1:30" ht="32" x14ac:dyDescent="0.45">
       <c r="B11" s="2" t="s">
         <v>11</v>
       </c>
       <c r="C11" s="6" t="s">
         <v>17</v>
       </c>
       <c r="D11" s="6" t="s">
         <v>18</v>
       </c>
       <c r="E11" s="6" t="s">
         <v>17</v>
       </c>
       <c r="F11" s="6" t="s">
         <v>18</v>
       </c>
       <c r="G11" s="6" t="s">
         <v>17</v>
       </c>
       <c r="H11" s="6" t="s">
         <v>18</v>
       </c>
       <c r="I11" s="6" t="s">
         <v>17</v>
@@ -18155,635 +18163,635 @@
       </c>
       <c r="X39" s="8">
         <v>47.745899999999999</v>
       </c>
       <c r="Y39" s="2">
         <v>30</v>
       </c>
       <c r="Z39" s="8">
         <v>96.253640000000004</v>
       </c>
       <c r="AA39" s="2">
         <v>30</v>
       </c>
       <c r="AB39" s="8">
         <v>39.296799999999998</v>
       </c>
       <c r="AC39" s="2">
         <v>30</v>
       </c>
       <c r="AD39" s="8">
         <v>5.26823</v>
       </c>
     </row>
   </sheetData>
   <mergeCells count="29">
-    <mergeCell ref="A1:R1"/>
-[...8 lines deleted...]
-    <mergeCell ref="I8:J9"/>
+    <mergeCell ref="W10:Y10"/>
+    <mergeCell ref="Z10:AD10"/>
+    <mergeCell ref="W7:AD7"/>
+    <mergeCell ref="V8:V9"/>
+    <mergeCell ref="W8:X9"/>
+    <mergeCell ref="Y8:Z9"/>
+    <mergeCell ref="AA8:AB9"/>
+    <mergeCell ref="AC8:AD9"/>
     <mergeCell ref="C10:E10"/>
     <mergeCell ref="F10:J10"/>
     <mergeCell ref="M7:T7"/>
     <mergeCell ref="L8:L9"/>
     <mergeCell ref="M8:N9"/>
     <mergeCell ref="O8:P9"/>
     <mergeCell ref="Q8:R9"/>
     <mergeCell ref="S8:T9"/>
     <mergeCell ref="M10:O10"/>
     <mergeCell ref="P10:T10"/>
     <mergeCell ref="C7:J7"/>
-    <mergeCell ref="W10:Y10"/>
-[...6 lines deleted...]
-    <mergeCell ref="AC8:AD9"/>
+    <mergeCell ref="B8:B9"/>
+    <mergeCell ref="C8:D9"/>
+    <mergeCell ref="E8:F9"/>
+    <mergeCell ref="G8:H9"/>
+    <mergeCell ref="I8:J9"/>
+    <mergeCell ref="A1:R1"/>
+    <mergeCell ref="A2:R2"/>
+    <mergeCell ref="A3:R3"/>
+    <mergeCell ref="A4:R4"/>
+    <mergeCell ref="A5:C5"/>
   </mergeCells>
   <hyperlinks>
     <hyperlink ref="A5" location="'List of contents'!A1" display="Back to 'List of contents'" xr:uid="{00000000-0004-0000-0700-000000000000}"/>
   </hyperlinks>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
 </worksheet>
 </file>
 
 <file path=xl/worksheets/sheet8.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns:xr2="http://schemas.microsoft.com/office/spreadsheetml/2015/revision2" xmlns:xr3="http://schemas.microsoft.com/office/spreadsheetml/2016/revision3" mc:Ignorable="x14ac xr xr2 xr3" xr:uid="{00000000-0001-0000-0800-000000000000}">
   <dimension ref="A1:CF39"/>
   <sheetViews>
     <sheetView workbookViewId="0">
       <pane ySplit="11" topLeftCell="A12" activePane="bottomLeft" state="frozen"/>
       <selection pane="bottomLeft" activeCell="A5" sqref="A5:C5"/>
     </sheetView>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="14.5" x14ac:dyDescent="0.35"/>
   <cols>
     <col min="1" max="100" width="10.7265625" customWidth="1"/>
   </cols>
   <sheetData>
     <row r="1" spans="1:84" ht="24" customHeight="1" x14ac:dyDescent="0.55000000000000004">
-      <c r="A1" s="18" t="s">
+      <c r="A1" s="12" t="s">
         <v>106</v>
       </c>
-      <c r="B1" s="18"/>
-[...15 lines deleted...]
-      <c r="R1" s="18"/>
+      <c r="B1" s="12"/>
+      <c r="C1" s="12"/>
+      <c r="D1" s="12"/>
+      <c r="E1" s="12"/>
+      <c r="F1" s="12"/>
+      <c r="G1" s="12"/>
+      <c r="H1" s="12"/>
+      <c r="I1" s="12"/>
+      <c r="J1" s="12"/>
+      <c r="K1" s="12"/>
+      <c r="L1" s="12"/>
+      <c r="M1" s="12"/>
+      <c r="N1" s="12"/>
+      <c r="O1" s="12"/>
+      <c r="P1" s="12"/>
+      <c r="Q1" s="12"/>
+      <c r="R1" s="12"/>
     </row>
     <row r="2" spans="1:84" ht="18" customHeight="1" x14ac:dyDescent="0.45">
-      <c r="A2" s="19" t="s">
+      <c r="A2" s="13" t="s">
         <v>105</v>
       </c>
-      <c r="B2" s="19"/>
-[...15 lines deleted...]
-      <c r="R2" s="19"/>
+      <c r="B2" s="13"/>
+      <c r="C2" s="13"/>
+      <c r="D2" s="13"/>
+      <c r="E2" s="13"/>
+      <c r="F2" s="13"/>
+      <c r="G2" s="13"/>
+      <c r="H2" s="13"/>
+      <c r="I2" s="13"/>
+      <c r="J2" s="13"/>
+      <c r="K2" s="13"/>
+      <c r="L2" s="13"/>
+      <c r="M2" s="13"/>
+      <c r="N2" s="13"/>
+      <c r="O2" s="13"/>
+      <c r="P2" s="13"/>
+      <c r="Q2" s="13"/>
+      <c r="R2" s="13"/>
     </row>
     <row r="3" spans="1:84" ht="78" customHeight="1" x14ac:dyDescent="0.45">
-      <c r="A3" s="19" t="s">
-[...18 lines deleted...]
-      <c r="R3" s="19"/>
+      <c r="A3" s="13" t="s">
+        <v>159</v>
+      </c>
+      <c r="B3" s="13"/>
+      <c r="C3" s="13"/>
+      <c r="D3" s="13"/>
+      <c r="E3" s="13"/>
+      <c r="F3" s="13"/>
+      <c r="G3" s="13"/>
+      <c r="H3" s="13"/>
+      <c r="I3" s="13"/>
+      <c r="J3" s="13"/>
+      <c r="K3" s="13"/>
+      <c r="L3" s="13"/>
+      <c r="M3" s="13"/>
+      <c r="N3" s="13"/>
+      <c r="O3" s="13"/>
+      <c r="P3" s="13"/>
+      <c r="Q3" s="13"/>
+      <c r="R3" s="13"/>
     </row>
     <row r="4" spans="1:84" ht="18" customHeight="1" x14ac:dyDescent="0.45">
-      <c r="A4" s="19" t="s">
+      <c r="A4" s="13" t="s">
         <v>9</v>
       </c>
-      <c r="B4" s="19"/>
-[...15 lines deleted...]
-      <c r="R4" s="19"/>
+      <c r="B4" s="13"/>
+      <c r="C4" s="13"/>
+      <c r="D4" s="13"/>
+      <c r="E4" s="13"/>
+      <c r="F4" s="13"/>
+      <c r="G4" s="13"/>
+      <c r="H4" s="13"/>
+      <c r="I4" s="13"/>
+      <c r="J4" s="13"/>
+      <c r="K4" s="13"/>
+      <c r="L4" s="13"/>
+      <c r="M4" s="13"/>
+      <c r="N4" s="13"/>
+      <c r="O4" s="13"/>
+      <c r="P4" s="13"/>
+      <c r="Q4" s="13"/>
+      <c r="R4" s="13"/>
     </row>
     <row r="5" spans="1:84" ht="16" x14ac:dyDescent="0.45">
-      <c r="A5" s="20" t="s">
+      <c r="A5" s="14" t="s">
         <v>10</v>
       </c>
-      <c r="B5" s="20"/>
-      <c r="C5" s="20"/>
+      <c r="B5" s="14"/>
+      <c r="C5" s="14"/>
     </row>
     <row r="7" spans="1:84" ht="16" x14ac:dyDescent="0.45">
       <c r="B7" s="2" t="s">
         <v>11</v>
       </c>
-      <c r="C7" s="11" t="s">
+      <c r="C7" s="20" t="s">
         <v>58</v>
       </c>
-      <c r="D7" s="11"/>
-[...23 lines deleted...]
-      <c r="AB7" s="11"/>
+      <c r="D7" s="20"/>
+      <c r="E7" s="20"/>
+      <c r="F7" s="20"/>
+      <c r="G7" s="20"/>
+      <c r="H7" s="20"/>
+      <c r="I7" s="20"/>
+      <c r="J7" s="20"/>
+      <c r="K7" s="20"/>
+      <c r="L7" s="20"/>
+      <c r="M7" s="20"/>
+      <c r="N7" s="20"/>
+      <c r="O7" s="20"/>
+      <c r="P7" s="20"/>
+      <c r="Q7" s="20"/>
+      <c r="R7" s="20"/>
+      <c r="S7" s="20"/>
+      <c r="T7" s="20"/>
+      <c r="U7" s="20"/>
+      <c r="V7" s="20"/>
+      <c r="W7" s="20"/>
+      <c r="X7" s="20"/>
+      <c r="Y7" s="20"/>
+      <c r="Z7" s="20"/>
+      <c r="AA7" s="20"/>
+      <c r="AB7" s="20"/>
       <c r="AD7" s="5" t="s">
         <v>11</v>
       </c>
-      <c r="AE7" s="14" t="s">
+      <c r="AE7" s="16" t="s">
         <v>68</v>
       </c>
-      <c r="AF7" s="14"/>
-[...23 lines deleted...]
-      <c r="BD7" s="14"/>
+      <c r="AF7" s="16"/>
+      <c r="AG7" s="16"/>
+      <c r="AH7" s="16"/>
+      <c r="AI7" s="16"/>
+      <c r="AJ7" s="16"/>
+      <c r="AK7" s="16"/>
+      <c r="AL7" s="16"/>
+      <c r="AM7" s="16"/>
+      <c r="AN7" s="16"/>
+      <c r="AO7" s="16"/>
+      <c r="AP7" s="16"/>
+      <c r="AQ7" s="16"/>
+      <c r="AR7" s="16"/>
+      <c r="AS7" s="16"/>
+      <c r="AT7" s="16"/>
+      <c r="AU7" s="16"/>
+      <c r="AV7" s="16"/>
+      <c r="AW7" s="16"/>
+      <c r="AX7" s="16"/>
+      <c r="AY7" s="16"/>
+      <c r="AZ7" s="16"/>
+      <c r="BA7" s="16"/>
+      <c r="BB7" s="16"/>
+      <c r="BC7" s="16"/>
+      <c r="BD7" s="16"/>
       <c r="BF7" s="2" t="s">
         <v>11</v>
       </c>
-      <c r="BG7" s="11" t="s">
+      <c r="BG7" s="20" t="s">
         <v>69</v>
       </c>
-      <c r="BH7" s="11"/>
-[...23 lines deleted...]
-      <c r="CF7" s="11"/>
+      <c r="BH7" s="20"/>
+      <c r="BI7" s="20"/>
+      <c r="BJ7" s="20"/>
+      <c r="BK7" s="20"/>
+      <c r="BL7" s="20"/>
+      <c r="BM7" s="20"/>
+      <c r="BN7" s="20"/>
+      <c r="BO7" s="20"/>
+      <c r="BP7" s="20"/>
+      <c r="BQ7" s="20"/>
+      <c r="BR7" s="20"/>
+      <c r="BS7" s="20"/>
+      <c r="BT7" s="20"/>
+      <c r="BU7" s="20"/>
+      <c r="BV7" s="20"/>
+      <c r="BW7" s="20"/>
+      <c r="BX7" s="20"/>
+      <c r="BY7" s="20"/>
+      <c r="BZ7" s="20"/>
+      <c r="CA7" s="20"/>
+      <c r="CB7" s="20"/>
+      <c r="CC7" s="20"/>
+      <c r="CD7" s="20"/>
+      <c r="CE7" s="20"/>
+      <c r="CF7" s="20"/>
     </row>
     <row r="8" spans="1:84" ht="18" customHeight="1" x14ac:dyDescent="0.35">
-      <c r="B8" s="12" t="s">
+      <c r="B8" s="10" t="s">
         <v>11</v>
       </c>
-      <c r="C8" s="13" t="s">
+      <c r="C8" s="11" t="s">
         <v>107</v>
       </c>
-      <c r="D8" s="13"/>
-      <c r="E8" s="13" t="s">
+      <c r="D8" s="11"/>
+      <c r="E8" s="11" t="s">
         <v>108</v>
       </c>
-      <c r="F8" s="13"/>
-      <c r="G8" s="13" t="s">
+      <c r="F8" s="11"/>
+      <c r="G8" s="11" t="s">
         <v>109</v>
       </c>
-      <c r="H8" s="13"/>
-      <c r="I8" s="13" t="s">
+      <c r="H8" s="11"/>
+      <c r="I8" s="11" t="s">
         <v>110</v>
       </c>
-      <c r="J8" s="13"/>
-      <c r="K8" s="13" t="s">
+      <c r="J8" s="11"/>
+      <c r="K8" s="11" t="s">
         <v>111</v>
       </c>
-      <c r="L8" s="13"/>
-      <c r="M8" s="13" t="s">
+      <c r="L8" s="11"/>
+      <c r="M8" s="11" t="s">
         <v>112</v>
       </c>
-      <c r="N8" s="13"/>
-      <c r="O8" s="13" t="s">
+      <c r="N8" s="11"/>
+      <c r="O8" s="11" t="s">
         <v>113</v>
       </c>
-      <c r="P8" s="13"/>
-      <c r="Q8" s="13" t="s">
+      <c r="P8" s="11"/>
+      <c r="Q8" s="11" t="s">
         <v>114</v>
       </c>
-      <c r="R8" s="13"/>
-      <c r="S8" s="13" t="s">
+      <c r="R8" s="11"/>
+      <c r="S8" s="11" t="s">
         <v>62</v>
       </c>
-      <c r="T8" s="13"/>
-      <c r="U8" s="13" t="s">
+      <c r="T8" s="11"/>
+      <c r="U8" s="11" t="s">
         <v>63</v>
       </c>
-      <c r="V8" s="13"/>
-      <c r="W8" s="13" t="s">
+      <c r="V8" s="11"/>
+      <c r="W8" s="11" t="s">
         <v>115</v>
       </c>
-      <c r="X8" s="13"/>
-      <c r="Y8" s="13" t="s">
+      <c r="X8" s="11"/>
+      <c r="Y8" s="11" t="s">
         <v>116</v>
       </c>
-      <c r="Z8" s="13"/>
-      <c r="AA8" s="13" t="s">
+      <c r="Z8" s="11"/>
+      <c r="AA8" s="11" t="s">
         <v>117</v>
       </c>
-      <c r="AB8" s="13"/>
-      <c r="AD8" s="15" t="s">
+      <c r="AB8" s="11"/>
+      <c r="AD8" s="17" t="s">
         <v>11</v>
       </c>
-      <c r="AE8" s="16" t="s">
+      <c r="AE8" s="18" t="s">
         <v>107</v>
       </c>
-      <c r="AF8" s="16"/>
-      <c r="AG8" s="16" t="s">
+      <c r="AF8" s="18"/>
+      <c r="AG8" s="18" t="s">
         <v>108</v>
       </c>
-      <c r="AH8" s="16"/>
-      <c r="AI8" s="16" t="s">
+      <c r="AH8" s="18"/>
+      <c r="AI8" s="18" t="s">
         <v>109</v>
       </c>
-      <c r="AJ8" s="16"/>
-      <c r="AK8" s="16" t="s">
+      <c r="AJ8" s="18"/>
+      <c r="AK8" s="18" t="s">
         <v>110</v>
       </c>
-      <c r="AL8" s="16"/>
-      <c r="AM8" s="16" t="s">
+      <c r="AL8" s="18"/>
+      <c r="AM8" s="18" t="s">
         <v>111</v>
       </c>
-      <c r="AN8" s="16"/>
-      <c r="AO8" s="16" t="s">
+      <c r="AN8" s="18"/>
+      <c r="AO8" s="18" t="s">
         <v>112</v>
       </c>
-      <c r="AP8" s="16"/>
-      <c r="AQ8" s="16" t="s">
+      <c r="AP8" s="18"/>
+      <c r="AQ8" s="18" t="s">
         <v>113</v>
       </c>
-      <c r="AR8" s="16"/>
-      <c r="AS8" s="16" t="s">
+      <c r="AR8" s="18"/>
+      <c r="AS8" s="18" t="s">
         <v>114</v>
       </c>
-      <c r="AT8" s="16"/>
-      <c r="AU8" s="16" t="s">
+      <c r="AT8" s="18"/>
+      <c r="AU8" s="18" t="s">
         <v>62</v>
       </c>
-      <c r="AV8" s="16"/>
-      <c r="AW8" s="16" t="s">
+      <c r="AV8" s="18"/>
+      <c r="AW8" s="18" t="s">
         <v>63</v>
       </c>
-      <c r="AX8" s="16"/>
-      <c r="AY8" s="16" t="s">
+      <c r="AX8" s="18"/>
+      <c r="AY8" s="18" t="s">
         <v>115</v>
       </c>
-      <c r="AZ8" s="16"/>
-      <c r="BA8" s="16" t="s">
+      <c r="AZ8" s="18"/>
+      <c r="BA8" s="18" t="s">
         <v>116</v>
       </c>
-      <c r="BB8" s="16"/>
-      <c r="BC8" s="16" t="s">
+      <c r="BB8" s="18"/>
+      <c r="BC8" s="18" t="s">
         <v>117</v>
       </c>
-      <c r="BD8" s="16"/>
-      <c r="BF8" s="12" t="s">
+      <c r="BD8" s="18"/>
+      <c r="BF8" s="10" t="s">
         <v>11</v>
       </c>
-      <c r="BG8" s="13" t="s">
+      <c r="BG8" s="11" t="s">
         <v>118</v>
       </c>
-      <c r="BH8" s="13"/>
-      <c r="BI8" s="13" t="s">
+      <c r="BH8" s="11"/>
+      <c r="BI8" s="11" t="s">
         <v>108</v>
       </c>
-      <c r="BJ8" s="13"/>
-      <c r="BK8" s="13" t="s">
+      <c r="BJ8" s="11"/>
+      <c r="BK8" s="11" t="s">
         <v>109</v>
       </c>
-      <c r="BL8" s="13"/>
-      <c r="BM8" s="13" t="s">
+      <c r="BL8" s="11"/>
+      <c r="BM8" s="11" t="s">
         <v>110</v>
       </c>
-      <c r="BN8" s="13"/>
-      <c r="BO8" s="13" t="s">
+      <c r="BN8" s="11"/>
+      <c r="BO8" s="11" t="s">
         <v>111</v>
       </c>
-      <c r="BP8" s="13"/>
-      <c r="BQ8" s="13" t="s">
+      <c r="BP8" s="11"/>
+      <c r="BQ8" s="11" t="s">
         <v>112</v>
       </c>
-      <c r="BR8" s="13"/>
-      <c r="BS8" s="13" t="s">
+      <c r="BR8" s="11"/>
+      <c r="BS8" s="11" t="s">
         <v>113</v>
       </c>
-      <c r="BT8" s="13"/>
-      <c r="BU8" s="13" t="s">
+      <c r="BT8" s="11"/>
+      <c r="BU8" s="11" t="s">
         <v>114</v>
       </c>
-      <c r="BV8" s="13"/>
-      <c r="BW8" s="13" t="s">
+      <c r="BV8" s="11"/>
+      <c r="BW8" s="11" t="s">
         <v>62</v>
       </c>
-      <c r="BX8" s="13"/>
-      <c r="BY8" s="13" t="s">
+      <c r="BX8" s="11"/>
+      <c r="BY8" s="11" t="s">
         <v>63</v>
       </c>
-      <c r="BZ8" s="13"/>
-      <c r="CA8" s="13" t="s">
+      <c r="BZ8" s="11"/>
+      <c r="CA8" s="11" t="s">
         <v>115</v>
       </c>
-      <c r="CB8" s="13"/>
-      <c r="CC8" s="13" t="s">
+      <c r="CB8" s="11"/>
+      <c r="CC8" s="11" t="s">
         <v>116</v>
       </c>
-      <c r="CD8" s="13"/>
-      <c r="CE8" s="13" t="s">
+      <c r="CD8" s="11"/>
+      <c r="CE8" s="11" t="s">
         <v>117</v>
       </c>
-      <c r="CF8" s="13"/>
+      <c r="CF8" s="11"/>
     </row>
     <row r="9" spans="1:84" ht="18" customHeight="1" x14ac:dyDescent="0.35">
-      <c r="B9" s="12"/>
-[...79 lines deleted...]
-      <c r="CF9" s="13"/>
+      <c r="B9" s="10"/>
+      <c r="C9" s="11"/>
+      <c r="D9" s="11"/>
+      <c r="E9" s="11"/>
+      <c r="F9" s="11"/>
+      <c r="G9" s="11"/>
+      <c r="H9" s="11"/>
+      <c r="I9" s="11"/>
+      <c r="J9" s="11"/>
+      <c r="K9" s="11"/>
+      <c r="L9" s="11"/>
+      <c r="M9" s="11"/>
+      <c r="N9" s="11"/>
+      <c r="O9" s="11"/>
+      <c r="P9" s="11"/>
+      <c r="Q9" s="11"/>
+      <c r="R9" s="11"/>
+      <c r="S9" s="11"/>
+      <c r="T9" s="11"/>
+      <c r="U9" s="11"/>
+      <c r="V9" s="11"/>
+      <c r="W9" s="11"/>
+      <c r="X9" s="11"/>
+      <c r="Y9" s="11"/>
+      <c r="Z9" s="11"/>
+      <c r="AA9" s="11"/>
+      <c r="AB9" s="11"/>
+      <c r="AD9" s="17"/>
+      <c r="AE9" s="18"/>
+      <c r="AF9" s="18"/>
+      <c r="AG9" s="18"/>
+      <c r="AH9" s="18"/>
+      <c r="AI9" s="18"/>
+      <c r="AJ9" s="18"/>
+      <c r="AK9" s="18"/>
+      <c r="AL9" s="18"/>
+      <c r="AM9" s="18"/>
+      <c r="AN9" s="18"/>
+      <c r="AO9" s="18"/>
+      <c r="AP9" s="18"/>
+      <c r="AQ9" s="18"/>
+      <c r="AR9" s="18"/>
+      <c r="AS9" s="18"/>
+      <c r="AT9" s="18"/>
+      <c r="AU9" s="18"/>
+      <c r="AV9" s="18"/>
+      <c r="AW9" s="18"/>
+      <c r="AX9" s="18"/>
+      <c r="AY9" s="18"/>
+      <c r="AZ9" s="18"/>
+      <c r="BA9" s="18"/>
+      <c r="BB9" s="18"/>
+      <c r="BC9" s="18"/>
+      <c r="BD9" s="18"/>
+      <c r="BF9" s="10"/>
+      <c r="BG9" s="11"/>
+      <c r="BH9" s="11"/>
+      <c r="BI9" s="11"/>
+      <c r="BJ9" s="11"/>
+      <c r="BK9" s="11"/>
+      <c r="BL9" s="11"/>
+      <c r="BM9" s="11"/>
+      <c r="BN9" s="11"/>
+      <c r="BO9" s="11"/>
+      <c r="BP9" s="11"/>
+      <c r="BQ9" s="11"/>
+      <c r="BR9" s="11"/>
+      <c r="BS9" s="11"/>
+      <c r="BT9" s="11"/>
+      <c r="BU9" s="11"/>
+      <c r="BV9" s="11"/>
+      <c r="BW9" s="11"/>
+      <c r="BX9" s="11"/>
+      <c r="BY9" s="11"/>
+      <c r="BZ9" s="11"/>
+      <c r="CA9" s="11"/>
+      <c r="CB9" s="11"/>
+      <c r="CC9" s="11"/>
+      <c r="CD9" s="11"/>
+      <c r="CE9" s="11"/>
+      <c r="CF9" s="11"/>
     </row>
     <row r="10" spans="1:84" ht="20.149999999999999" customHeight="1" x14ac:dyDescent="0.45">
       <c r="B10" s="2" t="s">
         <v>11</v>
       </c>
-      <c r="C10" s="10" t="s">
+      <c r="C10" s="15" t="s">
         <v>16</v>
       </c>
-      <c r="D10" s="10"/>
-[...23 lines deleted...]
-      <c r="AB10" s="10"/>
+      <c r="D10" s="15"/>
+      <c r="E10" s="15"/>
+      <c r="F10" s="15"/>
+      <c r="G10" s="15"/>
+      <c r="H10" s="15"/>
+      <c r="I10" s="15"/>
+      <c r="J10" s="15"/>
+      <c r="K10" s="15"/>
+      <c r="L10" s="15"/>
+      <c r="M10" s="15"/>
+      <c r="N10" s="15"/>
+      <c r="O10" s="15"/>
+      <c r="P10" s="15"/>
+      <c r="Q10" s="15"/>
+      <c r="R10" s="15"/>
+      <c r="S10" s="15"/>
+      <c r="T10" s="15"/>
+      <c r="U10" s="15"/>
+      <c r="V10" s="15"/>
+      <c r="W10" s="15"/>
+      <c r="X10" s="15"/>
+      <c r="Y10" s="15"/>
+      <c r="Z10" s="15"/>
+      <c r="AA10" s="15"/>
+      <c r="AB10" s="15"/>
       <c r="AD10" s="5" t="s">
         <v>11</v>
       </c>
-      <c r="AE10" s="17" t="s">
+      <c r="AE10" s="19" t="s">
         <v>16</v>
       </c>
-      <c r="AF10" s="17"/>
-[...23 lines deleted...]
-      <c r="BD10" s="17"/>
+      <c r="AF10" s="19"/>
+      <c r="AG10" s="19"/>
+      <c r="AH10" s="19"/>
+      <c r="AI10" s="19"/>
+      <c r="AJ10" s="19"/>
+      <c r="AK10" s="19"/>
+      <c r="AL10" s="19"/>
+      <c r="AM10" s="19"/>
+      <c r="AN10" s="19"/>
+      <c r="AO10" s="19"/>
+      <c r="AP10" s="19"/>
+      <c r="AQ10" s="19"/>
+      <c r="AR10" s="19"/>
+      <c r="AS10" s="19"/>
+      <c r="AT10" s="19"/>
+      <c r="AU10" s="19"/>
+      <c r="AV10" s="19"/>
+      <c r="AW10" s="19"/>
+      <c r="AX10" s="19"/>
+      <c r="AY10" s="19"/>
+      <c r="AZ10" s="19"/>
+      <c r="BA10" s="19"/>
+      <c r="BB10" s="19"/>
+      <c r="BC10" s="19"/>
+      <c r="BD10" s="19"/>
       <c r="BF10" s="2" t="s">
         <v>11</v>
       </c>
-      <c r="BG10" s="10" t="s">
+      <c r="BG10" s="15" t="s">
         <v>16</v>
       </c>
-      <c r="BH10" s="10"/>
-[...23 lines deleted...]
-      <c r="CF10" s="10"/>
+      <c r="BH10" s="15"/>
+      <c r="BI10" s="15"/>
+      <c r="BJ10" s="15"/>
+      <c r="BK10" s="15"/>
+      <c r="BL10" s="15"/>
+      <c r="BM10" s="15"/>
+      <c r="BN10" s="15"/>
+      <c r="BO10" s="15"/>
+      <c r="BP10" s="15"/>
+      <c r="BQ10" s="15"/>
+      <c r="BR10" s="15"/>
+      <c r="BS10" s="15"/>
+      <c r="BT10" s="15"/>
+      <c r="BU10" s="15"/>
+      <c r="BV10" s="15"/>
+      <c r="BW10" s="15"/>
+      <c r="BX10" s="15"/>
+      <c r="BY10" s="15"/>
+      <c r="BZ10" s="15"/>
+      <c r="CA10" s="15"/>
+      <c r="CB10" s="15"/>
+      <c r="CC10" s="15"/>
+      <c r="CD10" s="15"/>
+      <c r="CE10" s="15"/>
+      <c r="CF10" s="15"/>
     </row>
     <row r="11" spans="1:84" ht="32" x14ac:dyDescent="0.45">
       <c r="B11" s="2" t="s">
         <v>11</v>
       </c>
       <c r="C11" s="6" t="s">
         <v>17</v>
       </c>
       <c r="D11" s="6" t="s">
         <v>18</v>
       </c>
       <c r="E11" s="6" t="s">
         <v>17</v>
       </c>
       <c r="F11" s="6" t="s">
         <v>18</v>
       </c>
       <c r="G11" s="6" t="s">
         <v>17</v>
       </c>
       <c r="H11" s="6" t="s">
         <v>18</v>
       </c>
       <c r="I11" s="6" t="s">
         <v>17</v>
@@ -25848,295 +25856,295 @@
       </c>
       <c r="BZ39" s="8">
         <v>0.97016999999999998</v>
       </c>
       <c r="CA39" s="2">
         <v>8</v>
       </c>
       <c r="CB39" s="8">
         <v>11.7967</v>
       </c>
       <c r="CC39" s="2">
         <v>8</v>
       </c>
       <c r="CD39" s="8">
         <v>0</v>
       </c>
       <c r="CE39" s="2">
         <v>8</v>
       </c>
       <c r="CF39" s="8">
         <v>1.0275000000000001</v>
       </c>
     </row>
   </sheetData>
   <mergeCells count="53">
-    <mergeCell ref="A1:R1"/>
-[...3 lines deleted...]
-    <mergeCell ref="A5:C5"/>
+    <mergeCell ref="BG10:CF10"/>
+    <mergeCell ref="AE10:BD10"/>
+    <mergeCell ref="BG7:CF7"/>
+    <mergeCell ref="BF8:BF9"/>
+    <mergeCell ref="BG8:BH9"/>
+    <mergeCell ref="BI8:BJ9"/>
+    <mergeCell ref="BK8:BL9"/>
+    <mergeCell ref="BM8:BN9"/>
+    <mergeCell ref="BO8:BP9"/>
+    <mergeCell ref="BQ8:BR9"/>
+    <mergeCell ref="BS8:BT9"/>
+    <mergeCell ref="BU8:BV9"/>
+    <mergeCell ref="BW8:BX9"/>
+    <mergeCell ref="BY8:BZ9"/>
+    <mergeCell ref="CA8:CB9"/>
+    <mergeCell ref="CC8:CD9"/>
+    <mergeCell ref="CE8:CF9"/>
+    <mergeCell ref="C10:AB10"/>
+    <mergeCell ref="AE7:BD7"/>
+    <mergeCell ref="AD8:AD9"/>
+    <mergeCell ref="AE8:AF9"/>
+    <mergeCell ref="AG8:AH9"/>
+    <mergeCell ref="AI8:AJ9"/>
+    <mergeCell ref="AK8:AL9"/>
+    <mergeCell ref="AM8:AN9"/>
+    <mergeCell ref="AO8:AP9"/>
+    <mergeCell ref="AQ8:AR9"/>
+    <mergeCell ref="AS8:AT9"/>
+    <mergeCell ref="AU8:AV9"/>
+    <mergeCell ref="AW8:AX9"/>
+    <mergeCell ref="AY8:AZ9"/>
+    <mergeCell ref="BA8:BB9"/>
     <mergeCell ref="BC8:BD9"/>
     <mergeCell ref="C7:AB7"/>
     <mergeCell ref="B8:B9"/>
     <mergeCell ref="C8:D9"/>
     <mergeCell ref="E8:F9"/>
     <mergeCell ref="G8:H9"/>
     <mergeCell ref="I8:J9"/>
     <mergeCell ref="K8:L9"/>
     <mergeCell ref="M8:N9"/>
     <mergeCell ref="O8:P9"/>
     <mergeCell ref="Q8:R9"/>
     <mergeCell ref="S8:T9"/>
     <mergeCell ref="U8:V9"/>
     <mergeCell ref="W8:X9"/>
     <mergeCell ref="Y8:Z9"/>
     <mergeCell ref="AA8:AB9"/>
-    <mergeCell ref="CE8:CF9"/>
-[...30 lines deleted...]
-    <mergeCell ref="CC8:CD9"/>
+    <mergeCell ref="A1:R1"/>
+    <mergeCell ref="A2:R2"/>
+    <mergeCell ref="A3:R3"/>
+    <mergeCell ref="A4:R4"/>
+    <mergeCell ref="A5:C5"/>
   </mergeCells>
   <hyperlinks>
     <hyperlink ref="A5" location="'List of contents'!A1" display="Back to 'List of contents'" xr:uid="{00000000-0004-0000-0800-000000000000}"/>
   </hyperlinks>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
 </worksheet>
 </file>
 
 <file path=xl/worksheets/sheet9.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns:xr2="http://schemas.microsoft.com/office/spreadsheetml/2015/revision2" xmlns:xr3="http://schemas.microsoft.com/office/spreadsheetml/2016/revision3" mc:Ignorable="x14ac xr xr2 xr3" xr:uid="{00000000-0001-0000-0900-000000000000}">
   <dimension ref="A1:R19"/>
   <sheetViews>
     <sheetView workbookViewId="0">
       <pane ySplit="11" topLeftCell="A12" activePane="bottomLeft" state="frozen"/>
       <selection pane="bottomLeft" activeCell="A4" sqref="A4:R4"/>
     </sheetView>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="14.5" x14ac:dyDescent="0.35"/>
   <cols>
     <col min="1" max="1" width="10.7265625" customWidth="1"/>
     <col min="2" max="2" width="18.7265625" customWidth="1"/>
     <col min="3" max="6" width="10.7265625" customWidth="1"/>
     <col min="7" max="7" width="18.7265625" customWidth="1"/>
     <col min="8" max="100" width="10.7265625" customWidth="1"/>
   </cols>
   <sheetData>
     <row r="1" spans="1:18" ht="24" customHeight="1" x14ac:dyDescent="0.55000000000000004">
-      <c r="A1" s="18" t="s">
+      <c r="A1" s="12" t="s">
         <v>122</v>
       </c>
-      <c r="B1" s="18"/>
-[...15 lines deleted...]
-      <c r="R1" s="18"/>
+      <c r="B1" s="12"/>
+      <c r="C1" s="12"/>
+      <c r="D1" s="12"/>
+      <c r="E1" s="12"/>
+      <c r="F1" s="12"/>
+      <c r="G1" s="12"/>
+      <c r="H1" s="12"/>
+      <c r="I1" s="12"/>
+      <c r="J1" s="12"/>
+      <c r="K1" s="12"/>
+      <c r="L1" s="12"/>
+      <c r="M1" s="12"/>
+      <c r="N1" s="12"/>
+      <c r="O1" s="12"/>
+      <c r="P1" s="12"/>
+      <c r="Q1" s="12"/>
+      <c r="R1" s="12"/>
     </row>
     <row r="2" spans="1:18" ht="18" customHeight="1" x14ac:dyDescent="0.45">
-      <c r="A2" s="19" t="s">
+      <c r="A2" s="13" t="s">
         <v>121</v>
       </c>
-      <c r="B2" s="19"/>
-[...15 lines deleted...]
-      <c r="R2" s="19"/>
+      <c r="B2" s="13"/>
+      <c r="C2" s="13"/>
+      <c r="D2" s="13"/>
+      <c r="E2" s="13"/>
+      <c r="F2" s="13"/>
+      <c r="G2" s="13"/>
+      <c r="H2" s="13"/>
+      <c r="I2" s="13"/>
+      <c r="J2" s="13"/>
+      <c r="K2" s="13"/>
+      <c r="L2" s="13"/>
+      <c r="M2" s="13"/>
+      <c r="N2" s="13"/>
+      <c r="O2" s="13"/>
+      <c r="P2" s="13"/>
+      <c r="Q2" s="13"/>
+      <c r="R2" s="13"/>
     </row>
     <row r="3" spans="1:18" ht="48" customHeight="1" x14ac:dyDescent="0.45">
-      <c r="A3" s="19" t="s">
-[...18 lines deleted...]
-      <c r="R3" s="19"/>
+      <c r="A3" s="13" t="s">
+        <v>161</v>
+      </c>
+      <c r="B3" s="13"/>
+      <c r="C3" s="13"/>
+      <c r="D3" s="13"/>
+      <c r="E3" s="13"/>
+      <c r="F3" s="13"/>
+      <c r="G3" s="13"/>
+      <c r="H3" s="13"/>
+      <c r="I3" s="13"/>
+      <c r="J3" s="13"/>
+      <c r="K3" s="13"/>
+      <c r="L3" s="13"/>
+      <c r="M3" s="13"/>
+      <c r="N3" s="13"/>
+      <c r="O3" s="13"/>
+      <c r="P3" s="13"/>
+      <c r="Q3" s="13"/>
+      <c r="R3" s="13"/>
     </row>
     <row r="4" spans="1:18" ht="18" customHeight="1" x14ac:dyDescent="0.45">
-      <c r="A4" s="19" t="s">
+      <c r="A4" s="13" t="s">
         <v>9</v>
       </c>
-      <c r="B4" s="19"/>
-[...15 lines deleted...]
-      <c r="R4" s="19"/>
+      <c r="B4" s="13"/>
+      <c r="C4" s="13"/>
+      <c r="D4" s="13"/>
+      <c r="E4" s="13"/>
+      <c r="F4" s="13"/>
+      <c r="G4" s="13"/>
+      <c r="H4" s="13"/>
+      <c r="I4" s="13"/>
+      <c r="J4" s="13"/>
+      <c r="K4" s="13"/>
+      <c r="L4" s="13"/>
+      <c r="M4" s="13"/>
+      <c r="N4" s="13"/>
+      <c r="O4" s="13"/>
+      <c r="P4" s="13"/>
+      <c r="Q4" s="13"/>
+      <c r="R4" s="13"/>
     </row>
     <row r="5" spans="1:18" ht="16" x14ac:dyDescent="0.45">
-      <c r="A5" s="20" t="s">
+      <c r="A5" s="14" t="s">
         <v>10</v>
       </c>
-      <c r="B5" s="20"/>
-      <c r="C5" s="20"/>
+      <c r="B5" s="14"/>
+      <c r="C5" s="14"/>
     </row>
     <row r="8" spans="1:18" ht="16" x14ac:dyDescent="0.45">
       <c r="B8" s="2" t="s">
         <v>11</v>
       </c>
-      <c r="C8" s="11" t="s">
+      <c r="C8" s="20" t="s">
         <v>123</v>
       </c>
-      <c r="D8" s="11"/>
-      <c r="E8" s="11"/>
+      <c r="D8" s="20"/>
+      <c r="E8" s="20"/>
       <c r="G8" s="5" t="s">
         <v>11</v>
       </c>
-      <c r="H8" s="14" t="s">
+      <c r="H8" s="16" t="s">
         <v>130</v>
       </c>
-      <c r="I8" s="14"/>
-      <c r="J8" s="14"/>
+      <c r="I8" s="16"/>
+      <c r="J8" s="16"/>
     </row>
     <row r="9" spans="1:18" ht="20.149999999999999" customHeight="1" x14ac:dyDescent="0.35">
-      <c r="B9" s="12" t="s">
+      <c r="B9" s="10" t="s">
         <v>11</v>
       </c>
-      <c r="C9" s="13" t="s">
+      <c r="C9" s="11" t="s">
         <v>58</v>
       </c>
-      <c r="D9" s="13" t="s">
+      <c r="D9" s="11" t="s">
         <v>68</v>
       </c>
-      <c r="E9" s="13" t="s">
+      <c r="E9" s="11" t="s">
         <v>69</v>
       </c>
-      <c r="G9" s="15" t="s">
+      <c r="G9" s="17" t="s">
         <v>11</v>
       </c>
-      <c r="H9" s="16" t="s">
+      <c r="H9" s="18" t="s">
         <v>58</v>
       </c>
-      <c r="I9" s="16" t="s">
+      <c r="I9" s="18" t="s">
         <v>68</v>
       </c>
-      <c r="J9" s="16" t="s">
+      <c r="J9" s="18" t="s">
         <v>69</v>
       </c>
     </row>
     <row r="10" spans="1:18" ht="20.149999999999999" customHeight="1" x14ac:dyDescent="0.35">
-      <c r="B10" s="12"/>
-[...6 lines deleted...]
-      <c r="J10" s="16"/>
+      <c r="B10" s="10"/>
+      <c r="C10" s="11"/>
+      <c r="D10" s="11"/>
+      <c r="E10" s="11"/>
+      <c r="G10" s="17"/>
+      <c r="H10" s="18"/>
+      <c r="I10" s="18"/>
+      <c r="J10" s="18"/>
     </row>
     <row r="11" spans="1:18" ht="20.149999999999999" customHeight="1" x14ac:dyDescent="0.45">
       <c r="B11" s="2" t="s">
         <v>11</v>
       </c>
-      <c r="C11" s="10" t="s">
+      <c r="C11" s="15" t="s">
         <v>16</v>
       </c>
-      <c r="D11" s="10"/>
-      <c r="E11" s="10"/>
+      <c r="D11" s="15"/>
+      <c r="E11" s="15"/>
       <c r="G11" s="5" t="s">
         <v>11</v>
       </c>
-      <c r="H11" s="17" t="s">
+      <c r="H11" s="19" t="s">
         <v>16</v>
       </c>
-      <c r="I11" s="17"/>
-      <c r="J11" s="17"/>
+      <c r="I11" s="19"/>
+      <c r="J11" s="19"/>
     </row>
     <row r="12" spans="1:18" ht="16" x14ac:dyDescent="0.45">
       <c r="B12" s="2" t="s">
         <v>124</v>
       </c>
       <c r="C12" s="8">
         <v>134.84558999999999</v>
       </c>
       <c r="D12" s="8">
         <v>131.6686</v>
       </c>
       <c r="E12" s="8">
         <v>200.82898</v>
       </c>
       <c r="G12" s="5" t="s">
         <v>124</v>
       </c>
       <c r="H12" s="9">
         <v>123.7432</v>
       </c>
       <c r="I12" s="9">
         <v>124.288</v>
       </c>
       <c r="J12" s="9">
         <v>135.1514</v>
@@ -26304,126 +26312,731 @@
       </c>
       <c r="C19" s="2">
         <v>111</v>
       </c>
       <c r="D19" s="2">
         <v>26</v>
       </c>
       <c r="E19" s="2">
         <v>56</v>
       </c>
       <c r="G19" s="5" t="s">
         <v>17</v>
       </c>
       <c r="H19" s="5">
         <v>102</v>
       </c>
       <c r="I19" s="5">
         <v>24</v>
       </c>
       <c r="J19" s="5">
         <v>56</v>
       </c>
     </row>
   </sheetData>
   <mergeCells count="17">
+    <mergeCell ref="C11:E11"/>
+    <mergeCell ref="H8:J8"/>
+    <mergeCell ref="G9:G10"/>
+    <mergeCell ref="H9:H10"/>
+    <mergeCell ref="I9:I10"/>
+    <mergeCell ref="J9:J10"/>
+    <mergeCell ref="H11:J11"/>
+    <mergeCell ref="C8:E8"/>
     <mergeCell ref="B9:B10"/>
     <mergeCell ref="C9:C10"/>
     <mergeCell ref="D9:D10"/>
     <mergeCell ref="E9:E10"/>
     <mergeCell ref="A1:R1"/>
     <mergeCell ref="A2:R2"/>
     <mergeCell ref="A3:R3"/>
     <mergeCell ref="A4:R4"/>
     <mergeCell ref="A5:C5"/>
-    <mergeCell ref="C11:E11"/>
-[...6 lines deleted...]
-    <mergeCell ref="C8:E8"/>
   </mergeCells>
   <hyperlinks>
     <hyperlink ref="A5" location="'List of contents'!A1" display="Back to 'List of contents'" xr:uid="{00000000-0004-0000-0900-000000000000}"/>
   </hyperlinks>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
 </worksheet>
+</file>
+
+<file path=customXml/_rels/item1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXmlProps" Target="itemProps1.xml"/></Relationships>
+</file>
+
+<file path=customXml/_rels/item2.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXmlProps" Target="itemProps2.xml"/></Relationships>
+</file>
+
+<file path=customXml/_rels/item3.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXmlProps" Target="itemProps3.xml"/></Relationships>
+</file>
+
+<file path=customXml/_rels/item4.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXmlProps" Target="itemProps4.xml"/></Relationships>
+</file>
+
+<file path=customXml/item1.xml><?xml version="1.0" encoding="utf-8"?>
+<?mso-contentType ?>
+<FormTemplates xmlns="http://schemas.microsoft.com/sharepoint/v3/contenttype/forms">
+  <Display>DocumentLibraryForm</Display>
+  <Edit>DocumentLibraryForm</Edit>
+  <New>DocumentLibraryForm</New>
+</FormTemplates>
+</file>
+
+<file path=customXml/item2.xml><?xml version="1.0" encoding="utf-8"?>
+<?mso-contentType ?>
+<spe:Receivers xmlns:spe="http://schemas.microsoft.com/sharepoint/events">
+  <Receiver>
+    <Name>Document ID Generator</Name>
+    <Synchronization>Synchronous</Synchronization>
+    <Type>10001</Type>
+    <SequenceNumber>1000</SequenceNumber>
+    <Url/>
+    <Assembly>Microsoft.Office.DocumentManagement, Version=15.0.0.0, Culture=neutral, PublicKeyToken=71e9bce111e9429c</Assembly>
+    <Class>Microsoft.Office.DocumentManagement.Internal.DocIdHandler</Class>
+    <Data/>
+    <Filter/>
+  </Receiver>
+  <Receiver>
+    <Name>Document ID Generator</Name>
+    <Synchronization>Synchronous</Synchronization>
+    <Type>10002</Type>
+    <SequenceNumber>1001</SequenceNumber>
+    <Url/>
+    <Assembly>Microsoft.Office.DocumentManagement, Version=15.0.0.0, Culture=neutral, PublicKeyToken=71e9bce111e9429c</Assembly>
+    <Class>Microsoft.Office.DocumentManagement.Internal.DocIdHandler</Class>
+    <Data/>
+    <Filter/>
+  </Receiver>
+  <Receiver>
+    <Name>Document ID Generator</Name>
+    <Synchronization>Synchronous</Synchronization>
+    <Type>10004</Type>
+    <SequenceNumber>1002</SequenceNumber>
+    <Url/>
+    <Assembly>Microsoft.Office.DocumentManagement, Version=15.0.0.0, Culture=neutral, PublicKeyToken=71e9bce111e9429c</Assembly>
+    <Class>Microsoft.Office.DocumentManagement.Internal.DocIdHandler</Class>
+    <Data/>
+    <Filter/>
+  </Receiver>
+  <Receiver>
+    <Name>Document ID Generator</Name>
+    <Synchronization>Synchronous</Synchronization>
+    <Type>10006</Type>
+    <SequenceNumber>1003</SequenceNumber>
+    <Url/>
+    <Assembly>Microsoft.Office.DocumentManagement, Version=15.0.0.0, Culture=neutral, PublicKeyToken=71e9bce111e9429c</Assembly>
+    <Class>Microsoft.Office.DocumentManagement.Internal.DocIdHandler</Class>
+    <Data/>
+    <Filter/>
+  </Receiver>
+  <Receiver>
+    <Name>Document Checked In (Document Id Service)</Name>
+    <Synchronization>Synchronous</Synchronization>
+    <Type>10004</Type>
+    <SequenceNumber>20000</SequenceNumber>
+    <Url/>
+    <Assembly>Bis.CollaborationPlatform.SharePoint.Services, Version=15.2.0.0, Culture=neutral, PublicKeyToken=334ed2d369ac9e80</Assembly>
+    <Class>Bis.CollaborationPlatform.SharePoint.Services.Events.DocumentEventReceiver</Class>
+    <Data/>
+    <Filter/>
+  </Receiver>
+  <Receiver>
+    <Name>Document Updated (Document Id Service)</Name>
+    <Synchronization>Synchronous</Synchronization>
+    <Type>10002</Type>
+    <SequenceNumber>20001</SequenceNumber>
+    <Url/>
+    <Assembly>Bis.CollaborationPlatform.SharePoint.Services, Version=15.2.0.0, Culture=neutral, PublicKeyToken=334ed2d369ac9e80</Assembly>
+    <Class>Bis.CollaborationPlatform.SharePoint.Services.Events.DocumentEventReceiver</Class>
+    <Data/>
+    <Filter/>
+  </Receiver>
+  <Receiver>
+    <Name>Document Adding (Document Id Service)</Name>
+    <Synchronization>Synchronous</Synchronization>
+    <Type>1</Type>
+    <SequenceNumber>20002</SequenceNumber>
+    <Url/>
+    <Assembly>Bis.CollaborationPlatform.SharePoint.Services, Version=15.2.0.0, Culture=neutral, PublicKeyToken=334ed2d369ac9e80</Assembly>
+    <Class>Bis.CollaborationPlatform.SharePoint.Services.Events.DocumentEventReceiver</Class>
+    <Data/>
+    <Filter/>
+  </Receiver>
+  <Receiver>
+    <Name>Item Adding (Metadata Push)</Name>
+    <Synchronization>Synchronous</Synchronization>
+    <Type>1</Type>
+    <SequenceNumber>1010</SequenceNumber>
+    <Url/>
+    <Assembly>Bis.CollaborationPlatform.SharePoint.Services, Version=15.2.0.0, Culture=neutral, PublicKeyToken=334ed2d369ac9e80</Assembly>
+    <Class>Bis.CollaborationPlatform.SharePoint.Services.Events.MetadataPushEventReceiver</Class>
+    <Data/>
+    <Filter/>
+  </Receiver>
+  <Receiver>
+    <Name>Item Updating (Metadata Push)</Name>
+    <Synchronization>Synchronous</Synchronization>
+    <Type>2</Type>
+    <SequenceNumber>1010</SequenceNumber>
+    <Url/>
+    <Assembly>Bis.CollaborationPlatform.SharePoint.Services, Version=15.2.0.0, Culture=neutral, PublicKeyToken=334ed2d369ac9e80</Assembly>
+    <Class>Bis.CollaborationPlatform.SharePoint.Services.Events.MetadataPushEventReceiver</Class>
+    <Data/>
+    <Filter/>
+  </Receiver>
+  <Receiver>
+    <Name>Item File Moved (Metadata Push)</Name>
+    <Synchronization>Synchronous</Synchronization>
+    <Type>10009</Type>
+    <SequenceNumber>1010</SequenceNumber>
+    <Url/>
+    <Assembly>Bis.CollaborationPlatform.SharePoint.Services, Version=15.2.0.0, Culture=neutral, PublicKeyToken=334ed2d369ac9e80</Assembly>
+    <Class>Bis.CollaborationPlatform.SharePoint.Services.Events.MetadataPushEventReceiver</Class>
+    <Data/>
+    <Filter/>
+  </Receiver>
+</spe:Receivers>
+</file>
+
+<file path=customXml/item3.xml><?xml version="1.0" encoding="utf-8"?>
+<ct:contentTypeSchema xmlns:ct="http://schemas.microsoft.com/office/2006/metadata/contentType" xmlns:ma="http://schemas.microsoft.com/office/2006/metadata/properties/metaAttributes" ct:_="" ma:_="" ma:contentTypeName="BCBS Excel Sheet" ma:contentTypeID="0x01010066E6577C753B40CABFD9C9409CB523E500245953EB223C21449CA2DA72425DABBB0700DE34697541DB684CB9098E43884D9836" ma:contentTypeVersion="54" ma:contentTypeDescription="" ma:contentTypeScope="" ma:versionID="31ac507b795f512b11fd09a97438e00d">
+  <xsd:schema xmlns:xsd="http://www.w3.org/2001/XMLSchema" xmlns:xs="http://www.w3.org/2001/XMLSchema" xmlns:p="http://schemas.microsoft.com/office/2006/metadata/properties" xmlns:ns1="cd415ad1-3b24-48c0-88de-f99cb5a0cf10" xmlns:ns3="f958c47b-301b-418c-8b9f-3fcbaeb930b1" xmlns:ns4="http://schemas.microsoft.com/sharepoint/v4" targetNamespace="http://schemas.microsoft.com/office/2006/metadata/properties" ma:root="true" ma:fieldsID="2936624e3dbd3a69c7ba9e591ba090ad" ns1:_="" ns3:_="" ns4:_="">
+    <xsd:import namespace="cd415ad1-3b24-48c0-88de-f99cb5a0cf10"/>
+    <xsd:import namespace="f958c47b-301b-418c-8b9f-3fcbaeb930b1"/>
+    <xsd:import namespace="http://schemas.microsoft.com/sharepoint/v4"/>
+    <xsd:element name="properties">
+      <xsd:complexType>
+        <xsd:sequence>
+          <xsd:element name="documentManagement">
+            <xsd:complexType>
+              <xsd:all>
+                <xsd:element ref="ns1:BisBCBSDocumentNumber" minOccurs="0"/>
+                <xsd:element ref="ns3:BisDocumentDate" minOccurs="0"/>
+                <xsd:element ref="ns1:BisBCBSEventID" minOccurs="0"/>
+                <xsd:element ref="ns1:BisBCBSMeetingStart" minOccurs="0"/>
+                <xsd:element ref="ns1:BisBCBSMeetingEnd" minOccurs="0"/>
+                <xsd:element ref="ns3:BisPermalink" minOccurs="0"/>
+                <xsd:element ref="ns1:_dlc_DocIdUrl" minOccurs="0"/>
+                <xsd:element ref="ns1:TaxKeywordTaxHTField" minOccurs="0"/>
+                <xsd:element ref="ns1:_dlc_DocIdPersistId" minOccurs="0"/>
+                <xsd:element ref="ns1:TaxCatchAll" minOccurs="0"/>
+                <xsd:element ref="ns3:BisCurrentVersion" minOccurs="0"/>
+                <xsd:element ref="ns3:BisRecipientsTaxHTField0" minOccurs="0"/>
+                <xsd:element ref="ns4:IconOverlay" minOccurs="0"/>
+                <xsd:element ref="ns1:BisAuthorssTaxHTField0" minOccurs="0"/>
+                <xsd:element ref="ns3:IsMyDocuments" minOccurs="0"/>
+                <xsd:element ref="ns1:ab461364a2cf4ddeb5f1ba2331951439" minOccurs="0"/>
+                <xsd:element ref="ns3:BisInstitutionTaxHTField0" minOccurs="0"/>
+                <xsd:element ref="ns1:BisDocumentTypeTaxHTField0" minOccurs="0"/>
+                <xsd:element ref="ns3:BisConfidentiality" minOccurs="0"/>
+                <xsd:element ref="ns3:BisRetention" minOccurs="0"/>
+                <xsd:element ref="ns1:_dlc_DocId" minOccurs="0"/>
+                <xsd:element ref="ns3:BisTransmission" minOccurs="0"/>
+                <xsd:element ref="ns3:BisAdditionalLinks" minOccurs="0"/>
+              </xsd:all>
+            </xsd:complexType>
+          </xsd:element>
+        </xsd:sequence>
+      </xsd:complexType>
+    </xsd:element>
+  </xsd:schema>
+  <xsd:schema xmlns:xsd="http://www.w3.org/2001/XMLSchema" xmlns:xs="http://www.w3.org/2001/XMLSchema" xmlns:dms="http://schemas.microsoft.com/office/2006/documentManagement/types" xmlns:pc="http://schemas.microsoft.com/office/infopath/2007/PartnerControls" targetNamespace="cd415ad1-3b24-48c0-88de-f99cb5a0cf10" elementFormDefault="qualified">
+    <xsd:import namespace="http://schemas.microsoft.com/office/2006/documentManagement/types"/>
+    <xsd:import namespace="http://schemas.microsoft.com/office/infopath/2007/PartnerControls"/>
+    <xsd:element name="BisBCBSDocumentNumber" ma:index="0" nillable="true" ma:displayName="Document Number" ma:internalName="BisBCBSDocumentNumber">
+      <xsd:simpleType>
+        <xsd:restriction base="dms:Text">
+          <xsd:maxLength value="255"/>
+        </xsd:restriction>
+      </xsd:simpleType>
+    </xsd:element>
+    <xsd:element name="BisBCBSEventID" ma:index="4" nillable="true" ma:displayName="Event ID" ma:internalName="BisBCBSEventID">
+      <xsd:simpleType>
+        <xsd:restriction base="dms:Text">
+          <xsd:maxLength value="255"/>
+        </xsd:restriction>
+      </xsd:simpleType>
+    </xsd:element>
+    <xsd:element name="BisBCBSMeetingStart" ma:index="5" nillable="true" ma:displayName="Meeting start date" ma:format="DateTime" ma:internalName="BisBCBSMeetingStart">
+      <xsd:simpleType>
+        <xsd:restriction base="dms:DateTime"/>
+      </xsd:simpleType>
+    </xsd:element>
+    <xsd:element name="BisBCBSMeetingEnd" ma:index="6" nillable="true" ma:displayName="Meeting end date" ma:format="DateTime" ma:internalName="BisBCBSMeetingEnd">
+      <xsd:simpleType>
+        <xsd:restriction base="dms:DateTime"/>
+      </xsd:simpleType>
+    </xsd:element>
+    <xsd:element name="_dlc_DocIdUrl" ma:index="14" nillable="true" ma:displayName="Document ID" ma:description="Permanent link to this document." ma:hidden="true" ma:internalName="_dlc_DocIdUrl" ma:readOnly="true">
+      <xsd:complexType>
+        <xsd:complexContent>
+          <xsd:extension base="dms:URL">
+            <xsd:sequence>
+              <xsd:element name="Url" type="dms:ValidUrl" minOccurs="0" nillable="true"/>
+              <xsd:element name="Description" type="xsd:string" nillable="true"/>
+            </xsd:sequence>
+          </xsd:extension>
+        </xsd:complexContent>
+      </xsd:complexType>
+    </xsd:element>
+    <xsd:element name="TaxKeywordTaxHTField" ma:index="15" nillable="true" ma:taxonomy="true" ma:internalName="TaxKeywordTaxHTField" ma:taxonomyFieldName="TaxKeyword" ma:displayName="Enterprise Keywords" ma:fieldId="{23f27201-bee3-471e-b2e7-b64fd8b7ca38}" ma:taxonomyMulti="true" ma:sspId="218490a2-a8bd-4701-ac03-3028876db9c3" ma:termSetId="00000000-0000-0000-0000-000000000000" ma:anchorId="00000000-0000-0000-0000-000000000000" ma:open="true" ma:isKeyword="true">
+      <xsd:complexType>
+        <xsd:sequence>
+          <xsd:element ref="pc:Terms" minOccurs="0" maxOccurs="1"/>
+        </xsd:sequence>
+      </xsd:complexType>
+    </xsd:element>
+    <xsd:element name="_dlc_DocIdPersistId" ma:index="16" nillable="true" ma:displayName="Persist ID" ma:description="Keep ID on add." ma:hidden="true" ma:internalName="_dlc_DocIdPersistId" ma:readOnly="true">
+      <xsd:simpleType>
+        <xsd:restriction base="dms:Boolean"/>
+      </xsd:simpleType>
+    </xsd:element>
+    <xsd:element name="TaxCatchAll" ma:index="17" nillable="true" ma:displayName="Taxonomy Catch All Column" ma:hidden="true" ma:list="{5e5bcf51-f81a-47a9-a8ad-64dc49dbad30}" ma:internalName="TaxCatchAll" ma:showField="CatchAllData" ma:web="cd415ad1-3b24-48c0-88de-f99cb5a0cf10">
+      <xsd:complexType>
+        <xsd:complexContent>
+          <xsd:extension base="dms:MultiChoiceLookup">
+            <xsd:sequence>
+              <xsd:element name="Value" type="dms:Lookup" maxOccurs="unbounded" minOccurs="0" nillable="true"/>
+            </xsd:sequence>
+          </xsd:extension>
+        </xsd:complexContent>
+      </xsd:complexType>
+    </xsd:element>
+    <xsd:element name="BisAuthorssTaxHTField0" ma:index="22" nillable="true" ma:taxonomy="true" ma:internalName="BisAuthorssTaxHTField0" ma:taxonomyFieldName="BisAuthors" ma:displayName="Author" ma:readOnly="false" ma:fieldId="{0b3121bf-a404-47f3-89a2-8100c52bbe6e}" ma:taxonomyMulti="true" ma:sspId="218490a2-a8bd-4701-ac03-3028876db9c3" ma:termSetId="f60d76a3-74ac-4579-8d83-fa03eb287a33" ma:anchorId="349201b0-55be-4fd0-a41a-985dc4cfdf31" ma:open="false" ma:isKeyword="false">
+      <xsd:complexType>
+        <xsd:sequence>
+          <xsd:element ref="pc:Terms" minOccurs="0" maxOccurs="1"/>
+        </xsd:sequence>
+      </xsd:complexType>
+    </xsd:element>
+    <xsd:element name="ab461364a2cf4ddeb5f1ba2331951439" ma:index="27" nillable="true" ma:taxonomy="true" ma:internalName="ab461364a2cf4ddeb5f1ba2331951439" ma:taxonomyFieldName="BisBCBSPurpose" ma:displayName="Purpose" ma:readOnly="false" ma:default="" ma:fieldId="{ab461364-a2cf-4dde-b5f1-ba2331951439}" ma:taxonomyMulti="true" ma:sspId="218490a2-a8bd-4701-ac03-3028876db9c3" ma:termSetId="f0cb95e7-3db9-47fc-88a4-89326bc60752" ma:anchorId="00000000-0000-0000-0000-000000000000" ma:open="false" ma:isKeyword="false">
+      <xsd:complexType>
+        <xsd:sequence>
+          <xsd:element ref="pc:Terms" minOccurs="0" maxOccurs="1"/>
+        </xsd:sequence>
+      </xsd:complexType>
+    </xsd:element>
+    <xsd:element name="BisDocumentTypeTaxHTField0" ma:index="31" nillable="true" ma:taxonomy="true" ma:internalName="BisDocumentTypeTaxHTField0" ma:taxonomyFieldName="BisDocumentType" ma:displayName="Document Type" ma:readOnly="false" ma:fieldId="{3d4bd279-eb4d-4358-a57b-72096c80fdc3}" ma:taxonomyMulti="true" ma:sspId="218490a2-a8bd-4701-ac03-3028876db9c3" ma:termSetId="f0cb95e7-3db9-47fc-88a4-89326bc60752" ma:anchorId="c786001b-2301-4abe-adca-015d172bb848" ma:open="false" ma:isKeyword="false">
+      <xsd:complexType>
+        <xsd:sequence>
+          <xsd:element ref="pc:Terms" minOccurs="0" maxOccurs="1"/>
+        </xsd:sequence>
+      </xsd:complexType>
+    </xsd:element>
+    <xsd:element name="_dlc_DocId" ma:index="34" nillable="true" ma:displayName="Document ID Value" ma:description="The value of the document ID assigned to this item." ma:internalName="_dlc_DocId" ma:readOnly="true">
+      <xsd:simpleType>
+        <xsd:restriction base="dms:Text"/>
+      </xsd:simpleType>
+    </xsd:element>
+  </xsd:schema>
+  <xsd:schema xmlns:xsd="http://www.w3.org/2001/XMLSchema" xmlns:xs="http://www.w3.org/2001/XMLSchema" xmlns:dms="http://schemas.microsoft.com/office/2006/documentManagement/types" xmlns:pc="http://schemas.microsoft.com/office/infopath/2007/PartnerControls" targetNamespace="f958c47b-301b-418c-8b9f-3fcbaeb930b1" elementFormDefault="qualified">
+    <xsd:import namespace="http://schemas.microsoft.com/office/2006/documentManagement/types"/>
+    <xsd:import namespace="http://schemas.microsoft.com/office/infopath/2007/PartnerControls"/>
+    <xsd:element name="BisDocumentDate" ma:index="3" nillable="true" ma:displayName="Document Date" ma:default="[today]" ma:description="The document date associated with the container or item." ma:format="DateOnly" ma:internalName="BisDocumentDate">
+      <xsd:simpleType>
+        <xsd:restriction base="dms:DateTime"/>
+      </xsd:simpleType>
+    </xsd:element>
+    <xsd:element name="BisPermalink" ma:index="9" nillable="true" ma:displayName="Permalink" ma:description="The permanent link to the document." ma:format="Hyperlink" ma:hidden="true" ma:internalName="BisPermalink">
+      <xsd:complexType>
+        <xsd:complexContent>
+          <xsd:extension base="dms:URL">
+            <xsd:sequence>
+              <xsd:element name="Url" type="dms:ValidUrl" minOccurs="0" nillable="true"/>
+              <xsd:element name="Description" type="xsd:string" nillable="true"/>
+            </xsd:sequence>
+          </xsd:extension>
+        </xsd:complexContent>
+      </xsd:complexType>
+    </xsd:element>
+    <xsd:element name="BisCurrentVersion" ma:index="18" nillable="true" ma:displayName="Current Version" ma:description="The current version of the document." ma:hidden="true" ma:internalName="BisCurrentVersion">
+      <xsd:simpleType>
+        <xsd:restriction base="dms:Text"/>
+      </xsd:simpleType>
+    </xsd:element>
+    <xsd:element name="BisRecipientsTaxHTField0" ma:index="19" nillable="true" ma:taxonomy="true" ma:internalName="BisRecipientsTaxHTField0" ma:taxonomyFieldName="BisRecipients" ma:displayName="Recipients" ma:readOnly="false" ma:default="6;#bcbs|a55ca13a-4bf8-4ec7-a61c-fcb252a22108" ma:fieldId="{e7fea616-6871-49b2-95f5-be5c1d92eabc}" ma:taxonomyMulti="true" ma:sspId="218490a2-a8bd-4701-ac03-3028876db9c3" ma:termSetId="f60d76a3-74ac-4579-8d83-fa03eb287a33" ma:anchorId="92a2ae79-9e98-4510-ab5d-ce240243069b" ma:open="false" ma:isKeyword="false">
+      <xsd:complexType>
+        <xsd:sequence>
+          <xsd:element ref="pc:Terms" minOccurs="0" maxOccurs="1"/>
+        </xsd:sequence>
+      </xsd:complexType>
+    </xsd:element>
+    <xsd:element name="IsMyDocuments" ma:index="24" nillable="true" ma:displayName="Is My Documents" ma:default="0" ma:description="This field is added to all BIS contenttypes to allow files and folders from MySite to be copied/moved to Bis Document Libraries" ma:hidden="true" ma:internalName="IsMyDocuments">
+      <xsd:simpleType>
+        <xsd:restriction base="dms:Boolean"/>
+      </xsd:simpleType>
+    </xsd:element>
+    <xsd:element name="BisInstitutionTaxHTField0" ma:index="28" nillable="true" ma:taxonomy="true" ma:internalName="BisInstitutionTaxHTField0" ma:taxonomyFieldName="BisInstitution" ma:displayName="Institution" ma:fieldId="{35f4c919-cca5-4807-8085-d895c74d72a0}" ma:taxonomyMulti="true" ma:sspId="218490a2-a8bd-4701-ac03-3028876db9c3" ma:termSetId="69f701bf-a3ed-40c8-acf8-dd2a2400442d" ma:anchorId="00000000-0000-0000-0000-000000000000" ma:open="false" ma:isKeyword="false">
+      <xsd:complexType>
+        <xsd:sequence>
+          <xsd:element ref="pc:Terms" minOccurs="0" maxOccurs="1"/>
+        </xsd:sequence>
+      </xsd:complexType>
+    </xsd:element>
+    <xsd:element name="BisConfidentiality" ma:index="32" nillable="true" ma:displayName="Confidentiality" ma:default="Restricted" ma:description="The confidentiality of the document in a Document Library." ma:format="Dropdown" ma:hidden="true" ma:internalName="BisConfidentiality" ma:readOnly="false">
+      <xsd:simpleType>
+        <xsd:restriction base="dms:Choice">
+          <xsd:enumeration value="Public"/>
+          <xsd:enumeration value="Unrestricted"/>
+          <xsd:enumeration value="Restricted"/>
+          <xsd:enumeration value="Confidential"/>
+          <xsd:enumeration value="Strictly Confidential"/>
+        </xsd:restriction>
+      </xsd:simpleType>
+    </xsd:element>
+    <xsd:element name="BisRetention" ma:index="33" nillable="true" ma:displayName="Retention" ma:default="Permanent" ma:description="The retention period associated with the container or item (applied when the item archived)." ma:format="Dropdown" ma:hidden="true" ma:internalName="BisRetention" ma:readOnly="false">
+      <xsd:simpleType>
+        <xsd:restriction base="dms:Choice">
+          <xsd:enumeration value="Routine"/>
+          <xsd:enumeration value="Compliance"/>
+          <xsd:enumeration value="Permanent"/>
+          <xsd:enumeration value="Unknown"/>
+        </xsd:restriction>
+      </xsd:simpleType>
+    </xsd:element>
+    <xsd:element name="BisTransmission" ma:index="35" nillable="true" ma:displayName="Transmission" ma:default="Internal" ma:description="The transmission associated with the container or item." ma:format="Dropdown" ma:hidden="true" ma:internalName="BisTransmission" ma:readOnly="false">
+      <xsd:simpleType>
+        <xsd:restriction base="dms:Choice">
+          <xsd:enumeration value="Incoming"/>
+          <xsd:enumeration value="Internal"/>
+          <xsd:enumeration value="Outgoing"/>
+        </xsd:restriction>
+      </xsd:simpleType>
+    </xsd:element>
+    <xsd:element name="BisAdditionalLinks" ma:index="36" nillable="true" ma:displayName="Links" ma:description="Provides an easy way to copy various links of an item." ma:hidden="true" ma:internalName="BisAdditionalLinks">
+      <xsd:simpleType>
+        <xsd:restriction base="dms:Text"/>
+      </xsd:simpleType>
+    </xsd:element>
+  </xsd:schema>
+  <xsd:schema xmlns:xsd="http://www.w3.org/2001/XMLSchema" xmlns:xs="http://www.w3.org/2001/XMLSchema" xmlns:dms="http://schemas.microsoft.com/office/2006/documentManagement/types" xmlns:pc="http://schemas.microsoft.com/office/infopath/2007/PartnerControls" targetNamespace="http://schemas.microsoft.com/sharepoint/v4" elementFormDefault="qualified">
+    <xsd:import namespace="http://schemas.microsoft.com/office/2006/documentManagement/types"/>
+    <xsd:import namespace="http://schemas.microsoft.com/office/infopath/2007/PartnerControls"/>
+    <xsd:element name="IconOverlay" ma:index="21" nillable="true" ma:displayName="IconOverlay" ma:hidden="true" ma:internalName="IconOverlay">
+      <xsd:simpleType>
+        <xsd:restriction base="dms:Text"/>
+      </xsd:simpleType>
+    </xsd:element>
+  </xsd:schema>
+  <xsd:schema xmlns="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:xsd="http://www.w3.org/2001/XMLSchema" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:odoc="http://schemas.microsoft.com/internal/obd" targetNamespace="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" elementFormDefault="qualified" attributeFormDefault="unqualified" blockDefault="#all">
+    <xsd:import namespace="http://purl.org/dc/elements/1.1/" schemaLocation="http://dublincore.org/schemas/xmls/qdc/2003/04/02/dc.xsd"/>
+    <xsd:import namespace="http://purl.org/dc/terms/" schemaLocation="http://dublincore.org/schemas/xmls/qdc/2003/04/02/dcterms.xsd"/>
+    <xsd:element name="coreProperties" type="CT_coreProperties"/>
+    <xsd:complexType name="CT_coreProperties">
+      <xsd:all>
+        <xsd:element ref="dc:creator" minOccurs="0" maxOccurs="1"/>
+        <xsd:element ref="dcterms:created" minOccurs="0" maxOccurs="1"/>
+        <xsd:element ref="dc:identifier" minOccurs="0" maxOccurs="1"/>
+        <xsd:element name="contentType" minOccurs="0" maxOccurs="1" type="xsd:string" ma:index="26" ma:displayName="Content Type"/>
+        <xsd:element ref="dc:title" minOccurs="0" maxOccurs="1" ma:displayName="Title"/>
+        <xsd:element ref="dc:subject" minOccurs="0" maxOccurs="1"/>
+        <xsd:element ref="dc:description" minOccurs="0" maxOccurs="1"/>
+        <xsd:element name="keywords" minOccurs="0" maxOccurs="1" type="xsd:string"/>
+        <xsd:element ref="dc:language" minOccurs="0" maxOccurs="1"/>
+        <xsd:element name="category" minOccurs="0" maxOccurs="1" type="xsd:string"/>
+        <xsd:element name="version" minOccurs="0" maxOccurs="1" type="xsd:string"/>
+        <xsd:element name="revision" minOccurs="0" maxOccurs="1" type="xsd:string">
+          <xsd:annotation>
+            <xsd:documentation>
+                        This value indicates the number of saves or revisions. The application is responsible for updating this value after each revision.
+                    </xsd:documentation>
+          </xsd:annotation>
+        </xsd:element>
+        <xsd:element name="lastModifiedBy" minOccurs="0" maxOccurs="1" type="xsd:string"/>
+        <xsd:element ref="dcterms:modified" minOccurs="0" maxOccurs="1"/>
+        <xsd:element name="contentStatus" minOccurs="0" maxOccurs="1" type="xsd:string"/>
+      </xsd:all>
+    </xsd:complexType>
+  </xsd:schema>
+  <xs:schema xmlns:pc="http://schemas.microsoft.com/office/infopath/2007/PartnerControls" xmlns:xs="http://www.w3.org/2001/XMLSchema" targetNamespace="http://schemas.microsoft.com/office/infopath/2007/PartnerControls" elementFormDefault="qualified" attributeFormDefault="unqualified">
+    <xs:element name="Person">
+      <xs:complexType>
+        <xs:sequence>
+          <xs:element ref="pc:DisplayName" minOccurs="0"/>
+          <xs:element ref="pc:AccountId" minOccurs="0"/>
+          <xs:element ref="pc:AccountType" minOccurs="0"/>
+        </xs:sequence>
+      </xs:complexType>
+    </xs:element>
+    <xs:element name="DisplayName" type="xs:string"/>
+    <xs:element name="AccountId" type="xs:string"/>
+    <xs:element name="AccountType" type="xs:string"/>
+    <xs:element name="BDCAssociatedEntity">
+      <xs:complexType>
+        <xs:sequence>
+          <xs:element ref="pc:BDCEntity" minOccurs="0" maxOccurs="unbounded"/>
+        </xs:sequence>
+        <xs:attribute ref="pc:EntityNamespace"/>
+        <xs:attribute ref="pc:EntityName"/>
+        <xs:attribute ref="pc:SystemInstanceName"/>
+        <xs:attribute ref="pc:AssociationName"/>
+      </xs:complexType>
+    </xs:element>
+    <xs:attribute name="EntityNamespace" type="xs:string"/>
+    <xs:attribute name="EntityName" type="xs:string"/>
+    <xs:attribute name="SystemInstanceName" type="xs:string"/>
+    <xs:attribute name="AssociationName" type="xs:string"/>
+    <xs:element name="BDCEntity">
+      <xs:complexType>
+        <xs:sequence>
+          <xs:element ref="pc:EntityDisplayName" minOccurs="0"/>
+          <xs:element ref="pc:EntityInstanceReference" minOccurs="0"/>
+          <xs:element ref="pc:EntityId1" minOccurs="0"/>
+          <xs:element ref="pc:EntityId2" minOccurs="0"/>
+          <xs:element ref="pc:EntityId3" minOccurs="0"/>
+          <xs:element ref="pc:EntityId4" minOccurs="0"/>
+          <xs:element ref="pc:EntityId5" minOccurs="0"/>
+        </xs:sequence>
+      </xs:complexType>
+    </xs:element>
+    <xs:element name="EntityDisplayName" type="xs:string"/>
+    <xs:element name="EntityInstanceReference" type="xs:string"/>
+    <xs:element name="EntityId1" type="xs:string"/>
+    <xs:element name="EntityId2" type="xs:string"/>
+    <xs:element name="EntityId3" type="xs:string"/>
+    <xs:element name="EntityId4" type="xs:string"/>
+    <xs:element name="EntityId5" type="xs:string"/>
+    <xs:element name="Terms">
+      <xs:complexType>
+        <xs:sequence>
+          <xs:element ref="pc:TermInfo" minOccurs="0" maxOccurs="unbounded"/>
+        </xs:sequence>
+      </xs:complexType>
+    </xs:element>
+    <xs:element name="TermInfo">
+      <xs:complexType>
+        <xs:sequence>
+          <xs:element ref="pc:TermName" minOccurs="0"/>
+          <xs:element ref="pc:TermId" minOccurs="0"/>
+        </xs:sequence>
+      </xs:complexType>
+    </xs:element>
+    <xs:element name="TermName" type="xs:string"/>
+    <xs:element name="TermId" type="xs:string"/>
+  </xs:schema>
+</ct:contentTypeSchema>
+</file>
+
+<file path=customXml/item4.xml><?xml version="1.0" encoding="utf-8"?>
+<p:properties xmlns:p="http://schemas.microsoft.com/office/2006/metadata/properties" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance" xmlns:pc="http://schemas.microsoft.com/office/infopath/2007/PartnerControls">
+  <documentManagement>
+    <BisDocumentDate xmlns="f958c47b-301b-418c-8b9f-3fcbaeb930b1">2025-10-19T22:00:00+00:00</BisDocumentDate>
+    <BisDocumentTypeTaxHTField0 xmlns="cd415ad1-3b24-48c0-88de-f99cb5a0cf10">
+      <Terms xmlns="http://schemas.microsoft.com/office/infopath/2007/PartnerControls"/>
+    </BisDocumentTypeTaxHTField0>
+    <BisBCBSMeetingEnd xmlns="cd415ad1-3b24-48c0-88de-f99cb5a0cf10" xsi:nil="true"/>
+    <BisAdditionalLinks xmlns="f958c47b-301b-418c-8b9f-3fcbaeb930b1" xsi:nil="true"/>
+    <ab461364a2cf4ddeb5f1ba2331951439 xmlns="cd415ad1-3b24-48c0-88de-f99cb5a0cf10">
+      <Terms xmlns="http://schemas.microsoft.com/office/infopath/2007/PartnerControls"/>
+    </ab461364a2cf4ddeb5f1ba2331951439>
+    <IconOverlay xmlns="http://schemas.microsoft.com/sharepoint/v4" xsi:nil="true"/>
+    <BisConfidentiality xmlns="f958c47b-301b-418c-8b9f-3fcbaeb930b1">Public</BisConfidentiality>
+    <BisBCBSEventID xmlns="cd415ad1-3b24-48c0-88de-f99cb5a0cf10" xsi:nil="true"/>
+    <BisBCBSMeetingStart xmlns="cd415ad1-3b24-48c0-88de-f99cb5a0cf10" xsi:nil="true"/>
+    <BisRetention xmlns="f958c47b-301b-418c-8b9f-3fcbaeb930b1">Permanent</BisRetention>
+    <TaxCatchAll xmlns="cd415ad1-3b24-48c0-88de-f99cb5a0cf10">
+      <Value>6</Value>
+      <Value>180</Value>
+    </TaxCatchAll>
+    <BisAuthorssTaxHTField0 xmlns="cd415ad1-3b24-48c0-88de-f99cb5a0cf10">
+      <Terms xmlns="http://schemas.microsoft.com/office/infopath/2007/PartnerControls"/>
+    </BisAuthorssTaxHTField0>
+    <BisPermalink xmlns="f958c47b-301b-418c-8b9f-3fcbaeb930b1">
+      <Url xsi:nil="true"/>
+      <Description xsi:nil="true"/>
+    </BisPermalink>
+    <TaxKeywordTaxHTField xmlns="cd415ad1-3b24-48c0-88de-f99cb5a0cf10">
+      <Terms xmlns="http://schemas.microsoft.com/office/infopath/2007/PartnerControls">
+        <TermInfo xmlns="http://schemas.microsoft.com/office/infopath/2007/PartnerControls">
+          <TermName xmlns="http://schemas.microsoft.com/office/infopath/2007/PartnerControls">Quantitative Impact Study Group</TermName>
+          <TermId xmlns="http://schemas.microsoft.com/office/infopath/2007/PartnerControls">0216b5e4-61d9-44e1-8b86-be9e0b460279</TermId>
+        </TermInfo>
+      </Terms>
+    </TaxKeywordTaxHTField>
+    <BisRecipientsTaxHTField0 xmlns="f958c47b-301b-418c-8b9f-3fcbaeb930b1">
+      <Terms xmlns="http://schemas.microsoft.com/office/infopath/2007/PartnerControls">
+        <TermInfo xmlns="http://schemas.microsoft.com/office/infopath/2007/PartnerControls">
+          <TermName xmlns="http://schemas.microsoft.com/office/infopath/2007/PartnerControls">bcbs</TermName>
+          <TermId xmlns="http://schemas.microsoft.com/office/infopath/2007/PartnerControls">a55ca13a-4bf8-4ec7-a61c-fcb252a22108</TermId>
+        </TermInfo>
+      </Terms>
+    </BisRecipientsTaxHTField0>
+    <IsMyDocuments xmlns="f958c47b-301b-418c-8b9f-3fcbaeb930b1">false</IsMyDocuments>
+    <BisTransmission xmlns="f958c47b-301b-418c-8b9f-3fcbaeb930b1">Internal</BisTransmission>
+    <BisCurrentVersion xmlns="f958c47b-301b-418c-8b9f-3fcbaeb930b1" xsi:nil="true"/>
+    <BisBCBSDocumentNumber xmlns="cd415ad1-3b24-48c0-88de-f99cb5a0cf10" xsi:nil="true"/>
+    <BisInstitutionTaxHTField0 xmlns="f958c47b-301b-418c-8b9f-3fcbaeb930b1">
+      <Terms xmlns="http://schemas.microsoft.com/office/infopath/2007/PartnerControls"/>
+    </BisInstitutionTaxHTField0>
+    <_dlc_DocId xmlns="cd415ad1-3b24-48c0-88de-f99cb5a0cf10">1c97bca8-4d17-4165-824c-bcded412f4dc-0.2</_dlc_DocId>
+    <_dlc_DocIdUrl xmlns="cd415ad1-3b24-48c0-88de-f99cb5a0cf10">
+      <Url>https://sp.bisinfo.org/teams/bcbs/dc/_layouts/15/DocIdRedir.aspx?ID=1c97bca8-4d17-4165-824c-bcded412f4dc-0.2</Url>
+      <Description>1c97bca8-4d17-4165-824c-bcded412f4dc-0.2</Description>
+    </_dlc_DocIdUrl>
+  </documentManagement>
+</p:properties>
+</file>
+
+<file path=customXml/itemProps1.xml><?xml version="1.0" encoding="utf-8"?>
+<ds:datastoreItem xmlns:ds="http://schemas.openxmlformats.org/officeDocument/2006/customXml" ds:itemID="{C1B602B7-B148-46D8-9F92-CC157000F12A}">
+  <ds:schemaRefs>
+    <ds:schemaRef ds:uri="http://schemas.microsoft.com/sharepoint/v3/contenttype/forms"/>
+  </ds:schemaRefs>
+</ds:datastoreItem>
+</file>
+
+<file path=customXml/itemProps2.xml><?xml version="1.0" encoding="utf-8"?>
+<ds:datastoreItem xmlns:ds="http://schemas.openxmlformats.org/officeDocument/2006/customXml" ds:itemID="{23E982BC-4F90-4E9A-8261-C93619022E70}">
+  <ds:schemaRefs>
+    <ds:schemaRef ds:uri="http://schemas.microsoft.com/sharepoint/events"/>
+  </ds:schemaRefs>
+</ds:datastoreItem>
+</file>
+
+<file path=customXml/itemProps3.xml><?xml version="1.0" encoding="utf-8"?>
+<ds:datastoreItem xmlns:ds="http://schemas.openxmlformats.org/officeDocument/2006/customXml" ds:itemID="{0073CEEA-CB34-496F-BBBC-73E5094D32D6}">
+  <ds:schemaRefs>
+    <ds:schemaRef ds:uri="http://schemas.microsoft.com/office/2006/metadata/contentType"/>
+    <ds:schemaRef ds:uri="http://schemas.microsoft.com/office/2006/metadata/properties/metaAttributes"/>
+    <ds:schemaRef ds:uri="http://www.w3.org/2001/XMLSchema"/>
+    <ds:schemaRef ds:uri="http://schemas.microsoft.com/office/2006/metadata/properties"/>
+    <ds:schemaRef ds:uri="cd415ad1-3b24-48c0-88de-f99cb5a0cf10"/>
+    <ds:schemaRef ds:uri="f958c47b-301b-418c-8b9f-3fcbaeb930b1"/>
+    <ds:schemaRef ds:uri="http://schemas.microsoft.com/sharepoint/v4"/>
+    <ds:schemaRef ds:uri="http://schemas.microsoft.com/office/2006/documentManagement/types"/>
+    <ds:schemaRef ds:uri="http://schemas.microsoft.com/office/infopath/2007/PartnerControls"/>
+    <ds:schemaRef ds:uri="http://schemas.openxmlformats.org/package/2006/metadata/core-properties"/>
+    <ds:schemaRef ds:uri="http://purl.org/dc/elements/1.1/"/>
+    <ds:schemaRef ds:uri="http://purl.org/dc/terms/"/>
+    <ds:schemaRef ds:uri="http://schemas.microsoft.com/internal/obd"/>
+  </ds:schemaRefs>
+</ds:datastoreItem>
+</file>
+
+<file path=customXml/itemProps4.xml><?xml version="1.0" encoding="utf-8"?>
+<ds:datastoreItem xmlns:ds="http://schemas.openxmlformats.org/officeDocument/2006/customXml" ds:itemID="{F0E7B2AA-4AF3-48E0-93FF-364500B57C89}">
+  <ds:schemaRefs>
+    <ds:schemaRef ds:uri="http://schemas.microsoft.com/sharepoint/v4"/>
+    <ds:schemaRef ds:uri="http://purl.org/dc/dcmitype/"/>
+    <ds:schemaRef ds:uri="http://www.w3.org/XML/1998/namespace"/>
+    <ds:schemaRef ds:uri="http://purl.org/dc/terms/"/>
+    <ds:schemaRef ds:uri="http://schemas.openxmlformats.org/package/2006/metadata/core-properties"/>
+    <ds:schemaRef ds:uri="http://purl.org/dc/elements/1.1/"/>
+    <ds:schemaRef ds:uri="http://schemas.microsoft.com/office/infopath/2007/PartnerControls"/>
+    <ds:schemaRef ds:uri="http://schemas.microsoft.com/office/2006/documentManagement/types"/>
+    <ds:schemaRef ds:uri="f958c47b-301b-418c-8b9f-3fcbaeb930b1"/>
+    <ds:schemaRef ds:uri="cd415ad1-3b24-48c0-88de-f99cb5a0cf10"/>
+    <ds:schemaRef ds:uri="http://schemas.microsoft.com/office/2006/metadata/properties"/>
+  </ds:schemaRefs>
+</ds:datastoreItem>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Application>Microsoft Excel</Application>
   <DocSecurity>0</DocSecurity>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
     <vt:vector size="2" baseType="variant">
       <vt:variant>
         <vt:lpstr>Worksheets</vt:lpstr>
       </vt:variant>
       <vt:variant>
         <vt:i4>12</vt:i4>
       </vt:variant>
     </vt:vector>
   </HeadingPairs>
   <TitlesOfParts>
     <vt:vector size="12" baseType="lpstr">
       <vt:lpstr>List of contents</vt:lpstr>
       <vt:lpstr>Graph 1</vt:lpstr>
       <vt:lpstr>Graph 2</vt:lpstr>
       <vt:lpstr>Graph 3</vt:lpstr>
       <vt:lpstr>Graph 4</vt:lpstr>
       <vt:lpstr>Graph 5</vt:lpstr>
       <vt:lpstr>Graph 6</vt:lpstr>
       <vt:lpstr>Graph 7</vt:lpstr>
       <vt:lpstr>Graph 8</vt:lpstr>
       <vt:lpstr>Graph 9</vt:lpstr>
       <vt:lpstr>Graph 10</vt:lpstr>
       <vt:lpstr>Graph 11</vt:lpstr>
     </vt:vector>
   </TitlesOfParts>
   <Company/>
   <LinksUpToDate>false</LinksUpToDate>
   <SharedDoc>false</SharedDoc>
   <HyperlinksChanged>false</HyperlinksChanged>
   <AppVersion></AppVersion>
 </Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:dcmitype="http://purl.org/dc/dcmitype/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
   <dc:creator/>
+  <cp:keywords>Quantitative Impact Study Group</cp:keywords>
   <cp:lastModifiedBy></cp:lastModifiedBy>
   <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
   <dcterms:modified xsi:type="dcterms:W3CDTF"></dcterms:modified>
 </cp:coreProperties>
 </file>
 
 <file path=docProps/custom.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/custom-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <property fmtid="{D5CDD505-2E9C-101B-9397-08002B2CF9AE}" pid="2" name="MSIP_Label_b142c856-5923-4773-b42c-1087be44a18e_Enabled">
     <vt:lpwstr>true</vt:lpwstr>
   </property>
   <property fmtid="{D5CDD505-2E9C-101B-9397-08002B2CF9AE}" pid="3" name="MSIP_Label_b142c856-5923-4773-b42c-1087be44a18e_SetDate">
     <vt:lpwstr>2025-10-20T09:44:36Z</vt:lpwstr>
   </property>
   <property fmtid="{D5CDD505-2E9C-101B-9397-08002B2CF9AE}" pid="4" name="MSIP_Label_b142c856-5923-4773-b42c-1087be44a18e_Method">
     <vt:lpwstr>Privileged</vt:lpwstr>
   </property>
   <property fmtid="{D5CDD505-2E9C-101B-9397-08002B2CF9AE}" pid="5" name="MSIP_Label_b142c856-5923-4773-b42c-1087be44a18e_Name">
     <vt:lpwstr>Public - No Marking</vt:lpwstr>
   </property>
   <property fmtid="{D5CDD505-2E9C-101B-9397-08002B2CF9AE}" pid="6" name="MSIP_Label_b142c856-5923-4773-b42c-1087be44a18e_SiteId">
     <vt:lpwstr>03e82858-fc14-4f12-b078-aac6d25c87da</vt:lpwstr>
   </property>
   <property fmtid="{D5CDD505-2E9C-101B-9397-08002B2CF9AE}" pid="7" name="MSIP_Label_b142c856-5923-4773-b42c-1087be44a18e_ActionId">
     <vt:lpwstr>f73db41e-3d84-4222-ab47-7167a14f9e07</vt:lpwstr>
   </property>
   <property fmtid="{D5CDD505-2E9C-101B-9397-08002B2CF9AE}" pid="8" name="MSIP_Label_b142c856-5923-4773-b42c-1087be44a18e_ContentBits">
     <vt:lpwstr>0</vt:lpwstr>
   </property>
   <property fmtid="{D5CDD505-2E9C-101B-9397-08002B2CF9AE}" pid="9" name="MSIP_Label_b142c856-5923-4773-b42c-1087be44a18e_Tag">
     <vt:lpwstr>10, 0, 1, 1</vt:lpwstr>
   </property>
+  <property fmtid="{D5CDD505-2E9C-101B-9397-08002B2CF9AE}" pid="10" name="ContentTypeId">
+    <vt:lpwstr>0x01010066E6577C753B40CABFD9C9409CB523E500245953EB223C21449CA2DA72425DABBB0700DE34697541DB684CB9098E43884D9836</vt:lpwstr>
+  </property>
+  <property fmtid="{D5CDD505-2E9C-101B-9397-08002B2CF9AE}" pid="11" name="TaxKeyword">
+    <vt:lpwstr>180;#Quantitative Impact Study Group|0216b5e4-61d9-44e1-8b86-be9e0b460279</vt:lpwstr>
+  </property>
+  <property fmtid="{D5CDD505-2E9C-101B-9397-08002B2CF9AE}" pid="12" name="BisRecipients">
+    <vt:lpwstr>6;#bcbs|a55ca13a-4bf8-4ec7-a61c-fcb252a22108</vt:lpwstr>
+  </property>
+  <property fmtid="{D5CDD505-2E9C-101B-9397-08002B2CF9AE}" pid="13" name="_dlc_DocIdItemGuid">
+    <vt:lpwstr>8554f343-2352-4197-b63f-ad91e1da6b25</vt:lpwstr>
+  </property>
+  <property fmtid="{D5CDD505-2E9C-101B-9397-08002B2CF9AE}" pid="14" name="BisBCBSPurpose">
+    <vt:lpwstr/>
+  </property>
+  <property fmtid="{D5CDD505-2E9C-101B-9397-08002B2CF9AE}" pid="15" name="BisDocumentType">
+    <vt:lpwstr/>
+  </property>
+  <property fmtid="{D5CDD505-2E9C-101B-9397-08002B2CF9AE}" pid="16" name="BisAuthors">
+    <vt:lpwstr/>
+  </property>
+  <property fmtid="{D5CDD505-2E9C-101B-9397-08002B2CF9AE}" pid="17" name="BisInstitution">
+    <vt:lpwstr/>
+  </property>
+  <property fmtid="{D5CDD505-2E9C-101B-9397-08002B2CF9AE}" pid="18" name="be13f3b77f004abdbb1a94a167ea1d0d">
+    <vt:lpwstr/>
+  </property>
+  <property fmtid="{D5CDD505-2E9C-101B-9397-08002B2CF9AE}" pid="19" name="BisDocumentumVersionCreatedBy">
+    <vt:lpwstr/>
+  </property>
 </Properties>
 </file>